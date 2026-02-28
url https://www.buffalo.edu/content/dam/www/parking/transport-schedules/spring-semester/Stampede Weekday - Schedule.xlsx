--- v0 (2025-12-22)
+++ v1 (2026-02-28)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2025\Weekday\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2026\Weekday\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{62F92515-0812-4F78-96D2-EC91747E5AE8}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{110D4A77-9FBF-45E6-9812-4041BF9A2C55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23220" yWindow="105" windowWidth="19200" windowHeight="10200" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Stampede Weekday" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Stampede Weekday'!$A$1:$P$123</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Stampede Weekday'!$A$1:$P$120</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="12">
   <si>
     <t>Depart Flint Loop</t>
   </si>
   <si>
     <t>Depart Maynard</t>
   </si>
   <si>
     <t>Depart Goodyear</t>
   </si>
   <si>
     <t>Depart Main Circle</t>
   </si>
   <si>
     <t>no pickup</t>
   </si>
   <si>
     <t>Depart Ellicott</t>
   </si>
   <si>
     <t>Depart Lee Loop</t>
   </si>
   <si>
     <t>Depart Governors</t>
   </si>
   <si>
@@ -128,51 +128,51 @@
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -182,63 +182,61 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
+    <xf numFmtId="20" fontId="5" fillId="0" borderId="2" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="20" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="20" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="4" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="18" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="20" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -496,2371 +494,2372 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:P124"/>
+  <dimension ref="A2:Q121"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="K99" sqref="K99"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A81" zoomScale="55" zoomScaleNormal="85" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B97" sqref="B97:B120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="3" width="12" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
     <col min="5" max="8" width="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" customWidth="1"/>
     <col min="11" max="11" width="12.42578125" customWidth="1"/>
     <col min="12" max="13" width="12" customWidth="1"/>
     <col min="14" max="15" width="12.28515625" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:16" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" ht="144" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="L3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="O3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="H4" s="5">
+    <row r="4" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="6">
         <v>0.24722222222222223</v>
       </c>
-      <c r="I4" s="2">
+      <c r="I4" s="5">
         <v>0.25</v>
       </c>
-      <c r="J4" s="2">
+      <c r="J4" s="5">
         <v>0.25277777777777777</v>
       </c>
-      <c r="K4" s="2">
+      <c r="K4" s="5">
         <v>0.25624999999999998</v>
       </c>
-      <c r="L4" s="2">
+      <c r="L4" s="5">
         <v>0.26041666666666669</v>
       </c>
-      <c r="M4" s="2">
+      <c r="M4" s="5">
         <v>0.26180555555555557</v>
       </c>
-      <c r="N4" s="2">
+      <c r="N4" s="5">
         <v>0.26319444444444445</v>
       </c>
-      <c r="O4" s="2">
+      <c r="O4" s="5">
         <v>0.26527777777777778</v>
       </c>
-      <c r="P4" s="2">
+      <c r="P4" s="5">
         <v>0.2673611111111111</v>
       </c>
     </row>
-    <row r="5" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="H5" s="2">
+    <row r="5" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="5">
         <v>0.26805555555555555</v>
       </c>
-      <c r="I5" s="2">
+      <c r="I5" s="5">
         <v>0.27083333333333331</v>
       </c>
-      <c r="J5" s="2">
+      <c r="J5" s="5">
         <v>0.27361111111111108</v>
       </c>
-      <c r="K5" s="2">
+      <c r="K5" s="5">
         <v>0.27638888888888891</v>
       </c>
-      <c r="L5" s="2">
+      <c r="L5" s="5">
         <v>0.28125</v>
       </c>
-      <c r="M5" s="2">
+      <c r="M5" s="5">
         <v>0.28263888888888888</v>
       </c>
-      <c r="N5" s="2">
+      <c r="N5" s="5">
         <v>0.28402777777777777</v>
       </c>
-      <c r="O5" s="2">
+      <c r="O5" s="5">
         <v>0.28611111111111115</v>
       </c>
-      <c r="P5" s="2">
+      <c r="P5" s="5">
         <v>0.28819444444444448</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="2">
+    <row r="6" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="5">
         <v>0.2638888888888889</v>
       </c>
-      <c r="B6" s="2">
-[...2 lines deleted...]
-      <c r="C6" s="2">
+      <c r="B6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="5">
         <v>0.26805555555555555</v>
       </c>
-      <c r="D6" s="2">
+      <c r="D6" s="5">
         <v>0.26874999999999999</v>
       </c>
-      <c r="E6" s="2">
+      <c r="E6" s="5">
         <v>0.27430555555555552</v>
       </c>
-      <c r="F6" s="2">
+      <c r="F6" s="5">
         <v>0.27499999999999997</v>
       </c>
-      <c r="G6" s="2">
+      <c r="G6" s="5">
         <v>0.27916666666666667</v>
       </c>
-      <c r="H6" s="2">
+      <c r="H6" s="5">
         <v>0.28194444444444444</v>
       </c>
-      <c r="I6" s="2">
+      <c r="I6" s="5">
         <v>0.28472222222222221</v>
       </c>
-      <c r="J6" s="2">
+      <c r="J6" s="5">
         <v>0.28750000000000003</v>
       </c>
-      <c r="K6" s="2">
+      <c r="K6" s="5">
         <v>0.29097222222222224</v>
       </c>
-      <c r="L6" s="2">
+      <c r="L6" s="5">
         <v>0.2951388888888889</v>
       </c>
-      <c r="M6" s="2">
+      <c r="M6" s="5">
         <v>0.29652777777777778</v>
       </c>
-      <c r="N6" s="2">
+      <c r="N6" s="5">
         <v>0.29791666666666666</v>
       </c>
-      <c r="O6" s="2">
+      <c r="O6" s="5">
         <v>0.3</v>
       </c>
-      <c r="P6" s="2">
+      <c r="P6" s="5">
         <v>0.30208333333333331</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="2">
+    <row r="7" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="5">
         <v>0.27083333333333298</v>
       </c>
-      <c r="B7" s="2">
-[...2 lines deleted...]
-      <c r="C7" s="2">
+      <c r="B7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="5">
         <v>0.27500000000000002</v>
       </c>
-      <c r="D7" s="2">
+      <c r="D7" s="5">
         <v>0.27569444444444446</v>
       </c>
-      <c r="E7" s="2">
+      <c r="E7" s="5">
         <v>0.28125</v>
       </c>
-      <c r="F7" s="2">
+      <c r="F7" s="5">
         <v>0.28194444444444444</v>
       </c>
-      <c r="G7" s="2">
+      <c r="G7" s="5">
         <v>0.28611111111111115</v>
       </c>
-      <c r="H7" s="2">
+      <c r="H7" s="5">
         <v>0.28888888888888897</v>
       </c>
-      <c r="I7" s="2">
+      <c r="I7" s="5">
         <v>0.29166666666666702</v>
       </c>
-      <c r="J7" s="2">
+      <c r="J7" s="5">
         <v>0.29444444444444401</v>
       </c>
-      <c r="K7" s="2">
+      <c r="K7" s="5">
         <v>0.29791666666666666</v>
       </c>
-      <c r="L7" s="2">
+      <c r="L7" s="5">
         <v>0.30208333333333331</v>
       </c>
-      <c r="M7" s="2">
+      <c r="M7" s="5">
         <v>0.30347222222222198</v>
       </c>
-      <c r="N7" s="2">
+      <c r="N7" s="5">
         <v>0.30486111111111103</v>
       </c>
-      <c r="O7" s="2">
+      <c r="O7" s="5">
         <v>0.30694444444444402</v>
       </c>
-      <c r="P7" s="2">
+      <c r="P7" s="5">
         <v>0.30902777777777801</v>
       </c>
     </row>
-    <row r="8" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="2">
+    <row r="8" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="5">
         <v>0.27777777777777779</v>
       </c>
-      <c r="B8" s="2">
-[...2 lines deleted...]
-      <c r="C8" s="2">
+      <c r="B8" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="5">
         <v>0.28194444444444444</v>
       </c>
-      <c r="D8" s="2">
+      <c r="D8" s="5">
         <v>0.28263888888888888</v>
       </c>
-      <c r="E8" s="2">
+      <c r="E8" s="5">
         <v>0.28819444444444448</v>
       </c>
-      <c r="F8" s="2">
+      <c r="F8" s="5">
         <v>0.28888888888888892</v>
       </c>
-      <c r="G8" s="2">
+      <c r="G8" s="5">
         <v>0.29305555555555557</v>
       </c>
-      <c r="H8" s="2">
+      <c r="H8" s="5">
         <v>0.29583333333333334</v>
       </c>
-      <c r="I8" s="2">
+      <c r="I8" s="5">
         <v>0.2986111111111111</v>
       </c>
-      <c r="J8" s="2">
+      <c r="J8" s="5">
         <v>0.30138888888888887</v>
       </c>
-      <c r="K8" s="2">
+      <c r="K8" s="5">
         <v>0.30486111111111114</v>
       </c>
-      <c r="L8" s="2">
+      <c r="L8" s="5">
         <v>0.30902777777777779</v>
       </c>
-      <c r="M8" s="2">
+      <c r="M8" s="5">
         <v>0.31041666666666667</v>
       </c>
-      <c r="N8" s="2">
+      <c r="N8" s="5">
         <v>0.31180555555555556</v>
       </c>
-      <c r="O8" s="2">
+      <c r="O8" s="5">
         <v>0.31388888888888888</v>
       </c>
-      <c r="P8" s="2">
+      <c r="P8" s="5">
         <v>0.31597222222222221</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H9" s="2">
+      <c r="Q8" s="4"/>
+    </row>
+    <row r="9" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="H9" s="5">
         <v>0.30277777777777798</v>
       </c>
-      <c r="I9" s="2">
+      <c r="I9" s="5">
         <v>0.30555555555555552</v>
       </c>
-      <c r="J9" s="2">
+      <c r="J9" s="5">
         <v>0.30833333333333335</v>
       </c>
-      <c r="K9" s="2">
+      <c r="K9" s="5">
         <v>0.31180555555555556</v>
       </c>
-      <c r="L9" s="2">
+      <c r="L9" s="5">
         <v>0.31597222222222221</v>
       </c>
-      <c r="M9" s="2">
+      <c r="M9" s="5">
         <v>0.31736111111111115</v>
       </c>
-      <c r="N9" s="2">
+      <c r="N9" s="5">
         <v>0.31875000000000003</v>
       </c>
-      <c r="O9" s="2">
+      <c r="O9" s="5">
         <v>0.32083333333333336</v>
       </c>
-      <c r="P9" s="2">
+      <c r="P9" s="5">
         <v>0.32291666666666669</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="2">
+    <row r="10" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="5">
         <v>0.29166666666666669</v>
       </c>
-      <c r="B10" s="2">
-[...2 lines deleted...]
-      <c r="C10" s="2">
+      <c r="B10" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="5">
         <v>0.29583333333333334</v>
       </c>
-      <c r="D10" s="2">
+      <c r="D10" s="5">
         <v>0.29652777777777778</v>
       </c>
-      <c r="E10" s="2">
+      <c r="E10" s="5">
         <v>0.30208333333333331</v>
       </c>
-      <c r="F10" s="2">
+      <c r="F10" s="5">
         <v>0.30277777777777776</v>
       </c>
-      <c r="G10" s="2">
+      <c r="G10" s="5">
         <v>0.30694444444444441</v>
       </c>
-      <c r="H10" s="2">
+      <c r="H10" s="5">
         <v>0.30972222222222223</v>
       </c>
-      <c r="I10" s="2">
+      <c r="I10" s="5">
         <v>0.3125</v>
       </c>
-      <c r="J10" s="2">
+      <c r="J10" s="5">
         <v>0.31527777777777799</v>
       </c>
-      <c r="K10" s="2">
+      <c r="K10" s="5">
         <v>0.31805555555555554</v>
       </c>
-      <c r="L10" s="2">
+      <c r="L10" s="5">
         <v>0.32291666666666702</v>
       </c>
-      <c r="M10" s="2">
+      <c r="M10" s="5">
         <v>0.32430555555555601</v>
       </c>
-      <c r="N10" s="2">
+      <c r="N10" s="5">
         <v>0.32569444444444401</v>
       </c>
-      <c r="O10" s="2">
+      <c r="O10" s="5">
         <v>0.327777777777778</v>
       </c>
-      <c r="P10" s="2">
+      <c r="P10" s="5">
         <v>0.32986111111111099</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="2">
+    <row r="11" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="5">
         <v>0.2986111111111111</v>
       </c>
-      <c r="B11" s="2">
-[...2 lines deleted...]
-      <c r="C11" s="2">
+      <c r="B11" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="5">
         <v>0.30277777777777776</v>
       </c>
-      <c r="D11" s="2">
+      <c r="D11" s="5">
         <v>0.3034722222222222</v>
       </c>
-      <c r="E11" s="2">
+      <c r="E11" s="5">
         <v>0.30902777777777779</v>
       </c>
-      <c r="F11" s="2">
+      <c r="F11" s="5">
         <v>0.30972222222222223</v>
       </c>
-      <c r="G11" s="2">
+      <c r="G11" s="5">
         <v>0.31388888888888888</v>
       </c>
-      <c r="H11" s="2">
+      <c r="H11" s="5">
         <v>0.31666666666666665</v>
       </c>
-      <c r="I11" s="2">
+      <c r="I11" s="5">
         <v>0.31944444444444448</v>
       </c>
-      <c r="J11" s="2">
+      <c r="J11" s="5">
         <v>0.32222222222222224</v>
       </c>
-      <c r="K11" s="2">
+      <c r="K11" s="5">
         <v>0.32569444444444445</v>
       </c>
-      <c r="L11" s="2">
+      <c r="L11" s="5">
         <v>0.3298611111111111</v>
       </c>
-      <c r="M11" s="2">
+      <c r="M11" s="5">
         <v>0.33124999999999999</v>
       </c>
-      <c r="N11" s="2">
+      <c r="N11" s="5">
         <v>0.33263888888888887</v>
       </c>
-      <c r="O11" s="2">
+      <c r="O11" s="5">
         <v>0.3347222222222222</v>
       </c>
-      <c r="P11" s="2">
+      <c r="P11" s="5">
         <v>0.33680555555555558</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="2">
+    <row r="12" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="5">
         <v>0.30555555555555602</v>
       </c>
-      <c r="B12" s="2">
-[...2 lines deleted...]
-      <c r="C12" s="2">
+      <c r="B12" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="5">
         <v>0.30972222222222223</v>
       </c>
-      <c r="D12" s="2">
+      <c r="D12" s="5">
         <v>0.31041666666666667</v>
       </c>
-      <c r="E12" s="2">
+      <c r="E12" s="5">
         <v>0.31597222222222199</v>
       </c>
-      <c r="F12" s="2">
+      <c r="F12" s="5">
         <v>0.31666666666666698</v>
       </c>
-      <c r="G12" s="2">
+      <c r="G12" s="5">
         <v>0.32083333333333303</v>
       </c>
-      <c r="H12" s="2">
+      <c r="H12" s="5">
         <v>0.32361111111111102</v>
       </c>
-      <c r="I12" s="2">
+      <c r="I12" s="5">
         <v>0.32638888888888901</v>
       </c>
-      <c r="J12" s="2">
+      <c r="J12" s="5">
         <v>0.329166666666667</v>
       </c>
-      <c r="K12" s="2">
+      <c r="K12" s="5">
         <v>0.33263888888888887</v>
       </c>
-      <c r="L12" s="2">
+      <c r="L12" s="5">
         <v>0.33680555555555602</v>
       </c>
-      <c r="M12" s="2">
+      <c r="M12" s="5">
         <v>0.33819444444444402</v>
       </c>
-      <c r="N12" s="2">
+      <c r="N12" s="5">
         <v>0.33958333333333302</v>
       </c>
-      <c r="O12" s="2">
+      <c r="O12" s="5">
         <v>0.34166666666666701</v>
       </c>
-      <c r="P12" s="2">
+      <c r="P12" s="5">
         <v>0.34375</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="2">
+    <row r="13" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="5">
         <v>0.3125</v>
       </c>
-      <c r="B13" s="2">
-[...2 lines deleted...]
-      <c r="C13" s="2">
+      <c r="B13" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="5">
         <v>0.31666666666666665</v>
       </c>
-      <c r="D13" s="2">
+      <c r="D13" s="5">
         <v>0.31736111111111109</v>
       </c>
-      <c r="E13" s="2">
+      <c r="E13" s="5">
         <v>0.32291666666666669</v>
       </c>
-      <c r="F13" s="2">
+      <c r="F13" s="5">
         <v>0.32361111111111102</v>
       </c>
-      <c r="G13" s="2">
+      <c r="G13" s="5">
         <v>0.327777777777778</v>
       </c>
-      <c r="H13" s="2">
+      <c r="H13" s="5">
         <v>0.33055555555555599</v>
       </c>
-      <c r="I13" s="2">
+      <c r="I13" s="5">
         <v>0.33333333333333298</v>
       </c>
-      <c r="J13" s="2">
+      <c r="J13" s="5">
         <v>0.33611111111111103</v>
       </c>
-      <c r="K13" s="2">
+      <c r="K13" s="5">
         <v>0.33958333333333335</v>
       </c>
-      <c r="L13" s="2">
+      <c r="L13" s="5">
         <v>0.34375</v>
       </c>
-      <c r="M13" s="2">
+      <c r="M13" s="5">
         <v>0.34513888888888899</v>
       </c>
-      <c r="N13" s="2">
+      <c r="N13" s="5">
         <v>0.34652777777777799</v>
       </c>
-      <c r="O13" s="2">
+      <c r="O13" s="5">
         <v>0.34861111111111098</v>
       </c>
-      <c r="P13" s="2">
+      <c r="P13" s="5">
         <v>0.35069444444444398</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="2">
+    <row r="14" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="5">
         <v>0.31944444444444398</v>
       </c>
-      <c r="B14" s="2">
-[...2 lines deleted...]
-      <c r="C14" s="2">
+      <c r="B14" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="5">
         <v>0.32361111111111113</v>
       </c>
-      <c r="D14" s="2">
+      <c r="D14" s="5">
         <v>0.32430555555555557</v>
       </c>
-      <c r="E14" s="2">
+      <c r="E14" s="5">
         <v>0.32986111111111099</v>
       </c>
-      <c r="F14" s="2">
+      <c r="F14" s="5">
         <v>0.33055555555555599</v>
       </c>
-      <c r="G14" s="2">
+      <c r="G14" s="5">
         <v>0.33472222222222198</v>
       </c>
-      <c r="H14" s="2">
+      <c r="H14" s="5">
         <v>0.33750000000000002</v>
       </c>
-      <c r="I14" s="2">
+      <c r="I14" s="5">
         <v>0.34027777777777801</v>
       </c>
-      <c r="J14" s="2">
+      <c r="J14" s="5">
         <v>0.343055555555556</v>
       </c>
-      <c r="K14" s="2">
+      <c r="K14" s="5">
         <v>0.34652777777777777</v>
       </c>
-      <c r="L14" s="2">
+      <c r="L14" s="5">
         <v>0.35069444444444398</v>
       </c>
-      <c r="M14" s="2">
+      <c r="M14" s="5">
         <v>0.35208333333333303</v>
       </c>
-      <c r="N14" s="2">
+      <c r="N14" s="5">
         <v>0.35347222222222202</v>
       </c>
-      <c r="O14" s="2">
+      <c r="O14" s="5">
         <v>0.35555555555555601</v>
       </c>
-      <c r="P14" s="2">
+      <c r="P14" s="5">
         <v>0.35763888888888901</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="2">
+    <row r="15" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="5">
         <v>0.3263888888888889</v>
       </c>
-      <c r="B15" s="2">
-[...2 lines deleted...]
-      <c r="C15" s="2">
+      <c r="B15" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="5">
         <v>0.33055555555555555</v>
       </c>
-      <c r="D15" s="2">
+      <c r="D15" s="5">
         <v>0.33124999999999999</v>
       </c>
-      <c r="E15" s="2">
+      <c r="E15" s="5">
         <v>0.33680555555555558</v>
       </c>
-      <c r="F15" s="2">
+      <c r="F15" s="5">
         <v>0.33749999999999997</v>
       </c>
-      <c r="G15" s="2">
+      <c r="G15" s="5">
         <v>0.34166666666666662</v>
       </c>
-      <c r="H15" s="2">
+      <c r="H15" s="5">
         <v>0.3444444444444445</v>
       </c>
-      <c r="I15" s="2">
+      <c r="I15" s="5">
         <v>0.34722222222222199</v>
       </c>
-      <c r="J15" s="2">
+      <c r="J15" s="5">
         <v>0.35</v>
       </c>
-      <c r="K15" s="2">
+      <c r="K15" s="5">
         <v>0.35347222222222224</v>
       </c>
-      <c r="L15" s="2">
+      <c r="L15" s="5">
         <v>0.35763888888888901</v>
       </c>
-      <c r="M15" s="2">
+      <c r="M15" s="5">
         <v>0.359027777777778</v>
       </c>
-      <c r="N15" s="2">
+      <c r="N15" s="5">
         <v>0.360416666666667</v>
       </c>
-      <c r="O15" s="2">
+      <c r="O15" s="5">
         <v>0.36249999999999999</v>
       </c>
-      <c r="P15" s="2">
+      <c r="P15" s="5">
         <v>0.36458333333333298</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="2">
+    <row r="16" spans="1:17" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="5">
         <v>0.33333333333333298</v>
       </c>
-      <c r="B16" s="2">
-[...2 lines deleted...]
-      <c r="C16" s="2">
+      <c r="B16" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="5">
         <v>0.33750000000000002</v>
       </c>
-      <c r="D16" s="2">
+      <c r="D16" s="5">
         <v>0.33819444444444446</v>
       </c>
-      <c r="E16" s="2">
+      <c r="E16" s="5">
         <v>0.34375</v>
       </c>
-      <c r="F16" s="2">
+      <c r="F16" s="5">
         <v>0.344444444444444</v>
       </c>
-      <c r="G16" s="2">
+      <c r="G16" s="5">
         <v>0.34861111111111098</v>
       </c>
-      <c r="H16" s="2">
+      <c r="H16" s="5">
         <v>0.35138888888888897</v>
       </c>
-      <c r="I16" s="2">
+      <c r="I16" s="5">
         <v>0.35416666666666702</v>
       </c>
-      <c r="J16" s="2">
+      <c r="J16" s="5">
         <v>0.35694444444444401</v>
       </c>
-      <c r="K16" s="2">
+      <c r="K16" s="5">
         <v>0.35972222222222222</v>
       </c>
-      <c r="L16" s="2">
+      <c r="L16" s="5">
         <v>0.36458333333333298</v>
       </c>
-      <c r="M16" s="2">
+      <c r="M16" s="5">
         <v>0.36597222222222198</v>
       </c>
-      <c r="N16" s="2">
+      <c r="N16" s="5">
         <v>0.36736111111111103</v>
       </c>
-      <c r="O16" s="2">
+      <c r="O16" s="5">
         <v>0.36944444444444402</v>
       </c>
-      <c r="P16" s="2">
+      <c r="P16" s="5">
         <v>0.37152777777777801</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="2">
+    <row r="17" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="5">
         <v>0.34027777777777801</v>
       </c>
-      <c r="B17" s="2">
-[...2 lines deleted...]
-      <c r="C17" s="2">
+      <c r="B17" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="5">
         <v>0.34444444444444444</v>
       </c>
-      <c r="D17" s="2">
+      <c r="D17" s="5">
         <v>0.34513888888888888</v>
       </c>
-      <c r="E17" s="2">
+      <c r="E17" s="5">
         <v>0.35069444444444398</v>
       </c>
-      <c r="F17" s="2">
+      <c r="F17" s="5">
         <v>0.35138888888888897</v>
       </c>
-      <c r="G17" s="2">
+      <c r="G17" s="5">
         <v>0.35555555555555601</v>
       </c>
-      <c r="H17" s="2">
+      <c r="H17" s="5">
         <v>0.358333333333333</v>
       </c>
-      <c r="I17" s="2">
+      <c r="I17" s="5">
         <v>0.36111111111111099</v>
       </c>
-      <c r="J17" s="2">
+      <c r="J17" s="5">
         <v>0.36388888888888898</v>
       </c>
-      <c r="K17" s="2">
+      <c r="K17" s="5">
         <v>0.36736111111111114</v>
       </c>
-      <c r="L17" s="2">
+      <c r="L17" s="5">
         <v>0.37152777777777801</v>
       </c>
-      <c r="M17" s="2">
+      <c r="M17" s="5">
         <v>0.37291666666666701</v>
       </c>
-      <c r="N17" s="2">
+      <c r="N17" s="5">
         <v>0.374305555555556</v>
       </c>
-      <c r="O17" s="2">
+      <c r="O17" s="5">
         <v>0.37638888888888899</v>
       </c>
-      <c r="P17" s="2">
+      <c r="P17" s="5">
         <v>0.37847222222222199</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="2">
+    <row r="18" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="5">
         <v>0.34722222222222199</v>
       </c>
-      <c r="B18" s="2">
-[...2 lines deleted...]
-      <c r="C18" s="2">
+      <c r="B18" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="5">
         <v>0.35138888888888886</v>
       </c>
-      <c r="D18" s="2">
+      <c r="D18" s="5">
         <v>0.35208333333333336</v>
       </c>
-      <c r="E18" s="2">
+      <c r="E18" s="5">
         <v>0.35763888888888901</v>
       </c>
-      <c r="F18" s="2">
+      <c r="F18" s="5">
         <v>0.358333333333333</v>
       </c>
-      <c r="G18" s="2">
+      <c r="G18" s="5">
         <v>0.36249999999999999</v>
       </c>
-      <c r="H18" s="2">
+      <c r="H18" s="5">
         <v>0.36527777777777798</v>
       </c>
-      <c r="I18" s="2">
+      <c r="I18" s="5">
         <v>0.36805555555555602</v>
       </c>
-      <c r="J18" s="2">
+      <c r="J18" s="5">
         <v>0.37083333333333302</v>
       </c>
-      <c r="K18" s="2">
+      <c r="K18" s="5">
         <v>0.37430555555555556</v>
       </c>
-      <c r="L18" s="2">
+      <c r="L18" s="5">
         <v>0.37847222222222199</v>
       </c>
-      <c r="M18" s="2">
+      <c r="M18" s="5">
         <v>0.37986111111111098</v>
       </c>
-      <c r="N18" s="2">
+      <c r="N18" s="5">
         <v>0.38124999999999998</v>
       </c>
-      <c r="O18" s="2">
+      <c r="O18" s="5">
         <v>0.38333333333333303</v>
       </c>
-      <c r="P18" s="2">
+      <c r="P18" s="5">
         <v>0.38541666666666702</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="2">
+      <c r="A19" s="5">
         <v>0.35416666666666602</v>
       </c>
-      <c r="B19" s="2">
-[...2 lines deleted...]
-      <c r="C19" s="2">
+      <c r="B19" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="5">
         <v>0.35833333333333334</v>
       </c>
-      <c r="D19" s="2">
+      <c r="D19" s="5">
         <v>0.35902777777777778</v>
       </c>
-      <c r="E19" s="2">
+      <c r="E19" s="5">
         <v>0.36458333333333298</v>
       </c>
-      <c r="F19" s="2">
+      <c r="F19" s="5">
         <v>0.36527777777777798</v>
       </c>
-      <c r="G19" s="2">
+      <c r="G19" s="5">
         <v>0.36944444444444402</v>
       </c>
-      <c r="H19" s="2">
+      <c r="H19" s="5">
         <v>0.37222222222222201</v>
       </c>
-      <c r="I19" s="2">
+      <c r="I19" s="5">
         <v>0.375</v>
       </c>
-      <c r="J19" s="2">
+      <c r="J19" s="5">
         <v>0.37777777777777799</v>
       </c>
-      <c r="K19" s="2">
+      <c r="K19" s="5">
         <v>0.38124999999999998</v>
       </c>
-      <c r="L19" s="2">
+      <c r="L19" s="5">
         <v>0.38541666666666702</v>
       </c>
-      <c r="M19" s="2">
+      <c r="M19" s="5">
         <v>0.38680555555555601</v>
       </c>
-      <c r="N19" s="2">
+      <c r="N19" s="5">
         <v>0.38819444444444401</v>
       </c>
-      <c r="O19" s="2">
+      <c r="O19" s="5">
         <v>0.390277777777778</v>
       </c>
-      <c r="P19" s="2">
+      <c r="P19" s="5">
         <v>0.39236111111111099</v>
       </c>
     </row>
-    <row r="20" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="2">
+    <row r="20" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="5">
         <v>0.36111111111111099</v>
       </c>
-      <c r="B20" s="2">
-[...2 lines deleted...]
-      <c r="C20" s="2">
+      <c r="B20" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="5">
         <v>0.36527777777777776</v>
       </c>
-      <c r="D20" s="2">
+      <c r="D20" s="5">
         <v>0.3659722222222222</v>
       </c>
-      <c r="E20" s="2">
+      <c r="E20" s="5">
         <v>0.37152777777777801</v>
       </c>
-      <c r="F20" s="2">
+      <c r="F20" s="5">
         <v>0.37222222222222201</v>
       </c>
-      <c r="G20" s="2">
+      <c r="G20" s="5">
         <v>0.37638888888888899</v>
       </c>
-      <c r="H20" s="2">
+      <c r="H20" s="5">
         <v>0.37916666666666698</v>
       </c>
-      <c r="I20" s="2">
+      <c r="I20" s="5">
         <v>0.38194444444444398</v>
       </c>
-      <c r="J20" s="2">
+      <c r="J20" s="5">
         <v>0.38472222222222202</v>
       </c>
-      <c r="K20" s="2">
+      <c r="K20" s="5">
         <v>0.38819444444444445</v>
       </c>
-      <c r="L20" s="2">
+      <c r="L20" s="5">
         <v>0.39236111111111099</v>
       </c>
-      <c r="M20" s="2">
+      <c r="M20" s="5">
         <v>0.39374999999999999</v>
       </c>
-      <c r="N20" s="2">
+      <c r="N20" s="5">
         <v>0.39513888888888898</v>
       </c>
-      <c r="O20" s="2">
+      <c r="O20" s="5">
         <v>0.39722222222222198</v>
       </c>
-      <c r="P20" s="2">
+      <c r="P20" s="5">
         <v>0.39930555555555602</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="2">
+    <row r="21" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="5">
         <v>0.36805555555555602</v>
       </c>
-      <c r="B21" s="2">
-[...2 lines deleted...]
-      <c r="C21" s="2">
+      <c r="B21" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="5">
         <v>0.37222222222222223</v>
       </c>
-      <c r="D21" s="2">
+      <c r="D21" s="5">
         <v>0.37291666666666667</v>
       </c>
-      <c r="E21" s="2">
+      <c r="E21" s="5">
         <v>0.37847222222222199</v>
       </c>
-      <c r="F21" s="2">
+      <c r="F21" s="5">
         <v>0.37916666666666698</v>
       </c>
-      <c r="G21" s="2">
+      <c r="G21" s="5">
         <v>0.38333333333333303</v>
       </c>
-      <c r="H21" s="2">
+      <c r="H21" s="5">
         <v>0.38611111111111102</v>
       </c>
-      <c r="I21" s="2">
+      <c r="I21" s="5">
         <v>0.38888888888888901</v>
       </c>
-      <c r="J21" s="2">
+      <c r="J21" s="5">
         <v>0.39166666666666666</v>
       </c>
-      <c r="K21" s="2">
+      <c r="K21" s="5">
         <v>0.39513888888888887</v>
       </c>
-      <c r="L21" s="2">
+      <c r="L21" s="5">
         <v>0.39930555555555602</v>
       </c>
-      <c r="M21" s="2">
+      <c r="M21" s="5">
         <v>0.40069444444444402</v>
       </c>
-      <c r="N21" s="2">
+      <c r="N21" s="5">
         <v>0.40208333333333302</v>
       </c>
-      <c r="O21" s="2">
+      <c r="O21" s="5">
         <v>0.40416666666666701</v>
       </c>
-      <c r="P21" s="2">
+      <c r="P21" s="5">
         <v>0.40625</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="2">
+    <row r="22" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="5">
         <v>0.375</v>
       </c>
-      <c r="B22" s="2">
-[...2 lines deleted...]
-      <c r="C22" s="2">
+      <c r="B22" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="5">
         <v>0.37916666666666665</v>
       </c>
-      <c r="D22" s="2">
+      <c r="D22" s="5">
         <v>0.37986111111111109</v>
       </c>
-      <c r="E22" s="2">
+      <c r="E22" s="5">
         <v>0.38541666666666702</v>
       </c>
-      <c r="F22" s="2">
+      <c r="F22" s="5">
         <v>0.38611111111111102</v>
       </c>
-      <c r="G22" s="2">
+      <c r="G22" s="5">
         <v>0.390277777777778</v>
       </c>
-      <c r="H22" s="2">
+      <c r="H22" s="5">
         <v>0.39305555555555599</v>
       </c>
-      <c r="I22" s="2">
+      <c r="I22" s="5">
         <v>0.39583333333333298</v>
       </c>
-      <c r="J22" s="2">
+      <c r="J22" s="5">
         <v>0.39861111111111103</v>
       </c>
-      <c r="K22" s="2">
+      <c r="K22" s="5">
         <v>0.40138888888888891</v>
       </c>
-      <c r="L22" s="2">
+      <c r="L22" s="5">
         <v>0.40625</v>
       </c>
-      <c r="M22" s="2">
+      <c r="M22" s="5">
         <v>0.40763888888888899</v>
       </c>
-      <c r="N22" s="2">
+      <c r="N22" s="5">
         <v>0.40902777777777799</v>
       </c>
-      <c r="O22" s="2">
+      <c r="O22" s="5">
         <v>0.41111111111111098</v>
       </c>
-      <c r="P22" s="2">
+      <c r="P22" s="5">
         <v>0.41319444444444398</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="2">
+    <row r="23" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="5">
         <v>0.38194444444444398</v>
       </c>
-      <c r="B23" s="2">
-[...2 lines deleted...]
-      <c r="C23" s="2">
+      <c r="B23" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="5">
         <v>0.38611111111111113</v>
       </c>
-      <c r="D23" s="2">
+      <c r="D23" s="5">
         <v>0.38680555555555557</v>
       </c>
-      <c r="E23" s="2">
+      <c r="E23" s="5">
         <v>0.39236111111111099</v>
       </c>
-      <c r="F23" s="2">
+      <c r="F23" s="5">
         <v>0.39305555555555599</v>
       </c>
-      <c r="G23" s="2">
+      <c r="G23" s="5">
         <v>0.39722222222222198</v>
       </c>
-      <c r="H23" s="2">
+      <c r="H23" s="5">
         <v>0.4</v>
       </c>
-      <c r="I23" s="2">
+      <c r="I23" s="5">
         <v>0.40277777777777801</v>
       </c>
-      <c r="J23" s="2">
+      <c r="J23" s="5">
         <v>0.405555555555556</v>
       </c>
-      <c r="K23" s="2">
+      <c r="K23" s="5">
         <v>0.40902777777777777</v>
       </c>
-      <c r="L23" s="2">
+      <c r="L23" s="5">
         <v>0.41319444444444398</v>
       </c>
-      <c r="M23" s="2">
+      <c r="M23" s="5">
         <v>0.41458333333333303</v>
       </c>
-      <c r="N23" s="2">
+      <c r="N23" s="5">
         <v>0.41597222222222202</v>
       </c>
-      <c r="O23" s="2">
+      <c r="O23" s="5">
         <v>0.41805555555555601</v>
       </c>
-      <c r="P23" s="2">
+      <c r="P23" s="5">
         <v>0.42013888888888901</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="2">
+    <row r="24" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="5">
         <v>0.38888888888888901</v>
       </c>
-      <c r="B24" s="2">
-[...2 lines deleted...]
-      <c r="C24" s="2">
+      <c r="B24" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="5">
         <v>0.39305555555555555</v>
       </c>
-      <c r="D24" s="2">
+      <c r="D24" s="5">
         <v>0.39374999999999999</v>
       </c>
-      <c r="E24" s="2">
+      <c r="E24" s="5">
         <v>0.39930555555555602</v>
       </c>
-      <c r="F24" s="2">
+      <c r="F24" s="5">
         <v>0.4</v>
       </c>
-      <c r="G24" s="2">
+      <c r="G24" s="5">
         <v>0.40416666666666701</v>
       </c>
-      <c r="H24" s="2">
+      <c r="H24" s="5">
         <v>0.406944444444444</v>
       </c>
-      <c r="I24" s="2">
+      <c r="I24" s="5">
         <v>0.40972222222222199</v>
       </c>
-      <c r="J24" s="2">
+      <c r="J24" s="5">
         <v>0.41249999999999998</v>
       </c>
-      <c r="K24" s="2">
+      <c r="K24" s="5">
         <v>0.41597222222222224</v>
       </c>
-      <c r="L24" s="2">
+      <c r="L24" s="5">
         <v>0.42013888888888901</v>
       </c>
-      <c r="M24" s="2">
+      <c r="M24" s="5">
         <v>0.421527777777778</v>
       </c>
-      <c r="N24" s="2">
+      <c r="N24" s="5">
         <v>0.422916666666667</v>
       </c>
-      <c r="O24" s="2">
+      <c r="O24" s="5">
         <v>0.42499999999999999</v>
       </c>
-      <c r="P24" s="2">
+      <c r="P24" s="5">
         <v>0.42708333333333298</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="2">
+      <c r="A25" s="5">
         <v>0.39583333333333298</v>
       </c>
-      <c r="B25" s="2">
-[...2 lines deleted...]
-      <c r="C25" s="2">
+      <c r="B25" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="5">
         <v>0.4</v>
       </c>
-      <c r="D25" s="2">
+      <c r="D25" s="5">
         <v>0.40069444444444446</v>
       </c>
-      <c r="E25" s="2">
+      <c r="E25" s="5">
         <v>0.40625</v>
       </c>
-      <c r="F25" s="2">
+      <c r="F25" s="5">
         <v>0.406944444444444</v>
       </c>
-      <c r="G25" s="2">
+      <c r="G25" s="5">
         <v>0.41111111111111098</v>
       </c>
-      <c r="H25" s="2">
+      <c r="H25" s="5">
         <v>0.41388888888888897</v>
       </c>
-      <c r="I25" s="2">
+      <c r="I25" s="5">
         <v>0.41666666666666702</v>
       </c>
-      <c r="J25" s="2">
+      <c r="J25" s="5">
         <v>0.41944444444444401</v>
       </c>
-      <c r="K25" s="2">
+      <c r="K25" s="5">
         <v>0.42291666666666666</v>
       </c>
-      <c r="L25" s="2">
+      <c r="L25" s="5">
         <v>0.42708333333333398</v>
       </c>
-      <c r="M25" s="2">
+      <c r="M25" s="5">
         <v>0.42847222222222198</v>
       </c>
-      <c r="N25" s="2">
+      <c r="N25" s="5">
         <v>0.42986111111111103</v>
       </c>
-      <c r="O25" s="2">
+      <c r="O25" s="5">
         <v>0.43194444444444402</v>
       </c>
-      <c r="P25" s="2">
+      <c r="P25" s="5">
         <v>0.43402777777777801</v>
       </c>
     </row>
-    <row r="26" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="2">
+    <row r="26" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="5">
         <v>0.40277777777777801</v>
       </c>
-      <c r="B26" s="2">
-[...2 lines deleted...]
-      <c r="C26" s="2">
+      <c r="B26" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="5">
         <v>0.40694444444444444</v>
       </c>
-      <c r="D26" s="2">
+      <c r="D26" s="5">
         <v>0.40763888888888888</v>
       </c>
-      <c r="E26" s="2">
+      <c r="E26" s="5">
         <v>0.41319444444444398</v>
       </c>
-      <c r="F26" s="2">
+      <c r="F26" s="5">
         <v>0.41388888888888897</v>
       </c>
-      <c r="G26" s="2">
+      <c r="G26" s="5">
         <v>0.41805555555555601</v>
       </c>
-      <c r="H26" s="2">
+      <c r="H26" s="5">
         <v>0.420833333333333</v>
       </c>
-      <c r="I26" s="2">
+      <c r="I26" s="5">
         <v>0.42361111111111099</v>
       </c>
-      <c r="J26" s="2">
+      <c r="J26" s="5">
         <v>0.42638888888888898</v>
       </c>
-      <c r="K26" s="2">
+      <c r="K26" s="5">
         <v>0.42986111111111114</v>
       </c>
-      <c r="L26" s="2">
+      <c r="L26" s="5">
         <v>0.43402777777777773</v>
       </c>
-      <c r="M26" s="2">
+      <c r="M26" s="5">
         <v>0.43541666666666701</v>
       </c>
-      <c r="N26" s="2">
+      <c r="N26" s="5">
         <v>0.436805555555556</v>
       </c>
-      <c r="O26" s="2">
+      <c r="O26" s="5">
         <v>0.43888888888888899</v>
       </c>
-      <c r="P26" s="2">
+      <c r="P26" s="5">
         <v>0.44097222222222199</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="2">
+    <row r="27" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="5">
         <v>0.40972222222222199</v>
       </c>
-      <c r="B27" s="2">
-[...2 lines deleted...]
-      <c r="C27" s="2">
+      <c r="B27" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="5">
         <v>0.41388888888888886</v>
       </c>
-      <c r="D27" s="2">
+      <c r="D27" s="5">
         <v>0.41458333333333336</v>
       </c>
-      <c r="E27" s="2">
+      <c r="E27" s="5">
         <v>0.42013888888888901</v>
       </c>
-      <c r="F27" s="2">
+      <c r="F27" s="5">
         <v>0.420833333333333</v>
       </c>
-      <c r="G27" s="2">
+      <c r="G27" s="5">
         <v>0.42499999999999999</v>
       </c>
-      <c r="H27" s="2">
+      <c r="H27" s="5">
         <v>0.42777777777777798</v>
       </c>
-      <c r="I27" s="2">
+      <c r="I27" s="5">
         <v>0.43055555555555602</v>
       </c>
-      <c r="J27" s="2">
+      <c r="J27" s="5">
         <v>0.43333333333333335</v>
       </c>
-      <c r="K27" s="2">
+      <c r="K27" s="5">
         <v>0.43680555555555556</v>
       </c>
-      <c r="L27" s="2">
+      <c r="L27" s="5">
         <v>0.44097222222222199</v>
       </c>
-      <c r="M27" s="2">
+      <c r="M27" s="5">
         <v>0.44236111111111098</v>
       </c>
-      <c r="N27" s="2">
+      <c r="N27" s="5">
         <v>0.44374999999999998</v>
       </c>
-      <c r="O27" s="2">
+      <c r="O27" s="5">
         <v>0.44583333333333303</v>
       </c>
-      <c r="P27" s="2">
+      <c r="P27" s="5">
         <v>0.44791666666666702</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="2">
+    <row r="28" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="5">
         <v>0.41666666666666702</v>
       </c>
-      <c r="B28" s="2">
-[...2 lines deleted...]
-      <c r="C28" s="2">
+      <c r="B28" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="5">
         <v>0.42083333333333334</v>
       </c>
-      <c r="D28" s="2">
+      <c r="D28" s="5">
         <v>0.42152777777777778</v>
       </c>
-      <c r="E28" s="2">
+      <c r="E28" s="5">
         <v>0.42708333333333298</v>
       </c>
-      <c r="F28" s="2">
+      <c r="F28" s="5">
         <v>0.42777777777777798</v>
       </c>
-      <c r="G28" s="2">
+      <c r="G28" s="5">
         <v>0.43194444444444402</v>
       </c>
-      <c r="H28" s="2">
+      <c r="H28" s="5">
         <v>0.43472222222222301</v>
       </c>
-      <c r="I28" s="2">
+      <c r="I28" s="5">
         <v>0.4375</v>
       </c>
-      <c r="J28" s="2">
+      <c r="J28" s="5">
         <v>0.44027777777777799</v>
       </c>
-      <c r="K28" s="2">
+      <c r="K28" s="5">
         <v>0.44305555555555554</v>
       </c>
-      <c r="L28" s="2">
+      <c r="L28" s="5">
         <v>0.44791666666666702</v>
       </c>
-      <c r="M28" s="2">
+      <c r="M28" s="5">
         <v>0.44930555555555601</v>
       </c>
-      <c r="N28" s="2">
+      <c r="N28" s="5">
         <v>0.45069444444444401</v>
       </c>
-      <c r="O28" s="2">
+      <c r="O28" s="5">
         <v>0.452777777777778</v>
       </c>
-      <c r="P28" s="2">
+      <c r="P28" s="5">
         <v>0.45486111111111099</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="2">
+    <row r="29" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="5">
         <v>0.42361111111111099</v>
       </c>
-      <c r="B29" s="2">
-[...2 lines deleted...]
-      <c r="C29" s="2">
+      <c r="B29" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="5">
         <v>0.42777777777777776</v>
       </c>
-      <c r="D29" s="2">
+      <c r="D29" s="5">
         <v>0.4284722222222222</v>
       </c>
-      <c r="E29" s="2">
+      <c r="E29" s="5">
         <v>0.43402777777777801</v>
       </c>
-      <c r="F29" s="2">
+      <c r="F29" s="5">
         <v>0.43472222222222201</v>
       </c>
-      <c r="G29" s="2">
+      <c r="G29" s="5">
         <v>0.43888888888888899</v>
       </c>
-      <c r="H29" s="2">
+      <c r="H29" s="5">
         <v>0.44166666666666698</v>
       </c>
-      <c r="I29" s="2">
+      <c r="I29" s="5">
         <v>0.44444444444444398</v>
       </c>
-      <c r="J29" s="2">
+      <c r="J29" s="5">
         <v>0.44722222222222202</v>
       </c>
-      <c r="K29" s="2">
+      <c r="K29" s="5">
         <v>0.45069444444444445</v>
       </c>
-      <c r="L29" s="2">
+      <c r="L29" s="5">
         <v>0.45486111111111099</v>
       </c>
-      <c r="M29" s="2">
+      <c r="M29" s="5">
         <v>0.45624999999999999</v>
       </c>
-      <c r="N29" s="2">
+      <c r="N29" s="5">
         <v>0.45763888888888898</v>
       </c>
-      <c r="O29" s="2">
+      <c r="O29" s="5">
         <v>0.45972222222222198</v>
       </c>
-      <c r="P29" s="2">
+      <c r="P29" s="5">
         <v>0.46180555555555602</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="2">
+    <row r="30" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="5">
         <v>0.43055555555555602</v>
       </c>
-      <c r="B30" s="2">
-[...2 lines deleted...]
-      <c r="C30" s="2">
+      <c r="B30" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="5">
         <v>0.43472222222222223</v>
       </c>
-      <c r="D30" s="2">
+      <c r="D30" s="5">
         <v>0.43541666666666667</v>
       </c>
-      <c r="E30" s="2">
+      <c r="E30" s="5">
         <v>0.44097222222222199</v>
       </c>
-      <c r="F30" s="2">
+      <c r="F30" s="5">
         <v>0.44166666666666698</v>
       </c>
-      <c r="G30" s="2">
+      <c r="G30" s="5">
         <v>0.44583333333333303</v>
       </c>
-      <c r="H30" s="2">
+      <c r="H30" s="5">
         <v>0.44861111111111102</v>
       </c>
-      <c r="I30" s="2">
+      <c r="I30" s="5">
         <v>0.45138888888888901</v>
       </c>
-      <c r="J30" s="2">
+      <c r="J30" s="5">
         <v>0.454166666666667</v>
       </c>
-      <c r="K30" s="2">
+      <c r="K30" s="5">
         <v>0.45763888888888887</v>
       </c>
-      <c r="L30" s="2">
+      <c r="L30" s="5">
         <v>0.46180555555555558</v>
       </c>
-      <c r="M30" s="2">
+      <c r="M30" s="5">
         <v>0.46319444444444402</v>
       </c>
-      <c r="N30" s="2">
+      <c r="N30" s="5">
         <v>0.46458333333333302</v>
       </c>
-      <c r="O30" s="2">
+      <c r="O30" s="5">
         <v>0.46666666666666701</v>
       </c>
-      <c r="P30" s="2">
+      <c r="P30" s="5">
         <v>0.46875</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="2">
+      <c r="A31" s="5">
         <v>0.4375</v>
       </c>
-      <c r="B31" s="2">
-[...2 lines deleted...]
-      <c r="C31" s="2">
+      <c r="B31" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="5">
         <v>0.44166666666666665</v>
       </c>
-      <c r="D31" s="2">
+      <c r="D31" s="5">
         <v>0.44236111111111109</v>
       </c>
-      <c r="E31" s="2">
+      <c r="E31" s="5">
         <v>0.44791666666666702</v>
       </c>
-      <c r="F31" s="2">
+      <c r="F31" s="5">
         <v>0.44861111111111102</v>
       </c>
-      <c r="G31" s="2">
+      <c r="G31" s="5">
         <v>0.452777777777778</v>
       </c>
-      <c r="H31" s="2">
+      <c r="H31" s="5">
         <v>0.45555555555555599</v>
       </c>
-      <c r="I31" s="2">
+      <c r="I31" s="5">
         <v>0.45833333333333298</v>
       </c>
-      <c r="J31" s="2">
+      <c r="J31" s="5">
         <v>0.46111111111111103</v>
       </c>
-      <c r="K31" s="2">
+      <c r="K31" s="5">
         <v>0.46458333333333335</v>
       </c>
-      <c r="L31" s="2">
+      <c r="L31" s="5">
         <v>0.46875</v>
       </c>
-      <c r="M31" s="2">
+      <c r="M31" s="5">
         <v>0.47013888888888899</v>
       </c>
-      <c r="N31" s="2">
+      <c r="N31" s="5">
         <v>0.47152777777777799</v>
       </c>
-      <c r="O31" s="2">
+      <c r="O31" s="5">
         <v>0.47361111111111098</v>
       </c>
-      <c r="P31" s="2">
+      <c r="P31" s="5">
         <v>0.47569444444444398</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="2">
+    <row r="32" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="5">
         <v>0.44444444444444398</v>
       </c>
-      <c r="B32" s="2">
-[...2 lines deleted...]
-      <c r="C32" s="2">
+      <c r="B32" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="5">
         <v>0.44861111111111113</v>
       </c>
-      <c r="D32" s="2">
+      <c r="D32" s="5">
         <v>0.44930555555555557</v>
       </c>
-      <c r="E32" s="2">
+      <c r="E32" s="5">
         <v>0.45486111111111099</v>
       </c>
-      <c r="F32" s="2">
+      <c r="F32" s="5">
         <v>0.45555555555555599</v>
       </c>
-      <c r="G32" s="2">
+      <c r="G32" s="5">
         <v>0.45972222222222198</v>
       </c>
-      <c r="H32" s="2">
+      <c r="H32" s="5">
         <v>0.46250000000000002</v>
       </c>
-      <c r="I32" s="2">
+      <c r="I32" s="5">
         <v>0.46527777777777801</v>
       </c>
-      <c r="J32" s="2">
+      <c r="J32" s="5">
         <v>0.468055555555556</v>
       </c>
-      <c r="K32" s="2">
+      <c r="K32" s="5">
         <v>0.47152777777777777</v>
       </c>
-      <c r="L32" s="2">
+      <c r="L32" s="5">
         <v>0.47569444444444442</v>
       </c>
-      <c r="M32" s="2">
+      <c r="M32" s="5">
         <v>0.47708333333333303</v>
       </c>
-      <c r="N32" s="2">
+      <c r="N32" s="5">
         <v>0.47847222222222202</v>
       </c>
-      <c r="O32" s="2">
+      <c r="O32" s="5">
         <v>0.48055555555555601</v>
       </c>
-      <c r="P32" s="2">
+      <c r="P32" s="5">
         <v>0.48263888888888901</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="2">
+    <row r="33" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="5">
         <v>0.45138888888888901</v>
       </c>
-      <c r="B33" s="2">
-[...2 lines deleted...]
-      <c r="C33" s="2">
+      <c r="B33" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="5">
         <v>0.45555555555555555</v>
       </c>
-      <c r="D33" s="2">
+      <c r="D33" s="5">
         <v>0.45624999999999999</v>
       </c>
-      <c r="E33" s="2">
+      <c r="E33" s="5">
         <v>0.46180555555555602</v>
       </c>
-      <c r="F33" s="2">
+      <c r="F33" s="5">
         <v>0.46250000000000002</v>
       </c>
-      <c r="G33" s="2">
+      <c r="G33" s="5">
         <v>0.46666666666666701</v>
       </c>
-      <c r="H33" s="2">
+      <c r="H33" s="5">
         <v>0.469444444444444</v>
       </c>
-      <c r="I33" s="2">
+      <c r="I33" s="5">
         <v>0.47222222222222199</v>
       </c>
-      <c r="J33" s="2">
+      <c r="J33" s="5">
         <v>0.47499999999999998</v>
       </c>
-      <c r="K33" s="2">
+      <c r="K33" s="5">
         <v>0.47847222222222224</v>
       </c>
-      <c r="L33" s="2">
+      <c r="L33" s="5">
         <v>0.48263888888888901</v>
       </c>
-      <c r="M33" s="2">
+      <c r="M33" s="5">
         <v>0.484027777777778</v>
       </c>
-      <c r="N33" s="2">
+      <c r="N33" s="5">
         <v>0.485416666666667</v>
       </c>
-      <c r="O33" s="2">
+      <c r="O33" s="5">
         <v>0.48749999999999999</v>
       </c>
-      <c r="P33" s="2">
+      <c r="P33" s="5">
         <v>0.48958333333333298</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="2">
+    <row r="34" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="5">
         <v>0.45833333333333298</v>
       </c>
-      <c r="B34" s="2">
-[...2 lines deleted...]
-      <c r="C34" s="2">
+      <c r="B34" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="5">
         <v>0.46250000000000002</v>
       </c>
-      <c r="D34" s="2">
+      <c r="D34" s="5">
         <v>0.46319444444444446</v>
       </c>
-      <c r="E34" s="2">
+      <c r="E34" s="5">
         <v>0.46875</v>
       </c>
-      <c r="F34" s="2">
+      <c r="F34" s="5">
         <v>0.469444444444444</v>
       </c>
-      <c r="G34" s="2">
+      <c r="G34" s="5">
         <v>0.47361111111111098</v>
       </c>
-      <c r="H34" s="2">
+      <c r="H34" s="5">
         <v>0.47638888888888897</v>
       </c>
-      <c r="I34" s="2">
+      <c r="I34" s="5">
         <v>0.47916666666666702</v>
       </c>
-      <c r="J34" s="2">
+      <c r="J34" s="5">
         <v>0.48194444444444401</v>
       </c>
-      <c r="K34" s="2">
+      <c r="K34" s="5">
         <v>0.48472222222222222</v>
       </c>
-      <c r="L34" s="2">
+      <c r="L34" s="5">
         <v>0.48958333333333298</v>
       </c>
-      <c r="M34" s="2">
+      <c r="M34" s="5">
         <v>0.49097222222222198</v>
       </c>
-      <c r="N34" s="2">
+      <c r="N34" s="5">
         <v>0.49236111111111103</v>
       </c>
-      <c r="O34" s="2">
+      <c r="O34" s="5">
         <v>0.49444444444444402</v>
       </c>
-      <c r="P34" s="2">
+      <c r="P34" s="5">
         <v>0.49652777777777801</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="2">
+    <row r="35" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="5">
         <v>0.46527777777777801</v>
       </c>
-      <c r="B35" s="2">
-[...2 lines deleted...]
-      <c r="C35" s="2">
+      <c r="B35" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="5">
         <v>0.46944444444444444</v>
       </c>
-      <c r="D35" s="2">
+      <c r="D35" s="5">
         <v>0.47013888888888888</v>
       </c>
-      <c r="E35" s="2">
+      <c r="E35" s="5">
         <v>0.47569444444444398</v>
       </c>
-      <c r="F35" s="2">
+      <c r="F35" s="5">
         <v>0.47638888888888897</v>
       </c>
-      <c r="G35" s="2">
+      <c r="G35" s="5">
         <v>0.48055555555555601</v>
       </c>
-      <c r="H35" s="2">
+      <c r="H35" s="5">
         <v>0.483333333333333</v>
       </c>
-      <c r="I35" s="2">
+      <c r="I35" s="5">
         <v>0.48611111111111099</v>
       </c>
-      <c r="J35" s="2">
+      <c r="J35" s="5">
         <v>0.48888888888888898</v>
       </c>
-      <c r="K35" s="2">
+      <c r="K35" s="5">
         <v>0.49236111111111114</v>
       </c>
-      <c r="L35" s="2">
+      <c r="L35" s="5">
         <v>0.49652777777777801</v>
       </c>
-      <c r="M35" s="2">
+      <c r="M35" s="5">
         <v>0.49791666666666701</v>
       </c>
-      <c r="N35" s="2">
+      <c r="N35" s="5">
         <v>0.499305555555556</v>
       </c>
-      <c r="O35" s="2">
+      <c r="O35" s="5">
         <v>0.50138888888888899</v>
       </c>
-      <c r="P35" s="2">
+      <c r="P35" s="5">
         <v>0.50347222222222199</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="2">
+    <row r="36" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="5">
         <v>0.47222222222222199</v>
       </c>
-      <c r="B36" s="2">
-[...2 lines deleted...]
-      <c r="C36" s="2">
+      <c r="B36" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="5">
         <v>0.47638888888888886</v>
       </c>
-      <c r="D36" s="2">
+      <c r="D36" s="5">
         <v>0.47708333333333336</v>
       </c>
-      <c r="E36" s="2">
+      <c r="E36" s="5">
         <v>0.48263888888888901</v>
       </c>
-      <c r="F36" s="2">
+      <c r="F36" s="5">
         <v>0.483333333333333</v>
       </c>
-      <c r="G36" s="2">
+      <c r="G36" s="5">
         <v>0.48749999999999999</v>
       </c>
-      <c r="H36" s="2">
+      <c r="H36" s="5">
         <v>0.49027777777777798</v>
       </c>
-      <c r="I36" s="2">
+      <c r="I36" s="5">
         <v>0.49305555555555602</v>
       </c>
-      <c r="J36" s="2">
+      <c r="J36" s="5">
         <v>0.49583333333333302</v>
       </c>
-      <c r="K36" s="2">
+      <c r="K36" s="5">
         <v>0.49930555555555556</v>
       </c>
-      <c r="L36" s="2">
+      <c r="L36" s="5">
         <v>0.50347222222222221</v>
       </c>
-      <c r="M36" s="2">
+      <c r="M36" s="5">
         <v>0.50486111111111098</v>
       </c>
-      <c r="N36" s="2">
+      <c r="N36" s="5">
         <v>0.50624999999999998</v>
       </c>
-      <c r="O36" s="2">
+      <c r="O36" s="5">
         <v>0.50833333333333297</v>
       </c>
-      <c r="P36" s="2">
+      <c r="P36" s="5">
         <v>0.51041666666666696</v>
       </c>
     </row>
     <row r="37" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="2">
+      <c r="A37" s="5">
         <v>0.47916666666666602</v>
       </c>
-      <c r="B37" s="2">
-[...2 lines deleted...]
-      <c r="C37" s="2">
+      <c r="B37" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="5">
         <v>0.48333333333333334</v>
       </c>
-      <c r="D37" s="2">
+      <c r="D37" s="5">
         <v>0.48402777777777778</v>
       </c>
-      <c r="E37" s="2">
+      <c r="E37" s="5">
         <v>0.48958333333333298</v>
       </c>
-      <c r="F37" s="2">
+      <c r="F37" s="5">
         <v>0.49027777777777798</v>
       </c>
-      <c r="G37" s="2">
+      <c r="G37" s="5">
         <v>0.49444444444444402</v>
       </c>
-      <c r="H37" s="2">
+      <c r="H37" s="5">
         <v>0.49722222222222201</v>
       </c>
-      <c r="I37" s="2">
+      <c r="I37" s="5">
         <v>0.5</v>
       </c>
-      <c r="J37" s="2">
+      <c r="J37" s="5">
         <v>0.50277777777777799</v>
       </c>
-      <c r="K37" s="2">
+      <c r="K37" s="5">
         <v>0.50624999999999998</v>
       </c>
-      <c r="L37" s="2">
+      <c r="L37" s="5">
         <v>0.51041666666666696</v>
       </c>
-      <c r="M37" s="2">
+      <c r="M37" s="5">
         <v>0.51180555555555596</v>
       </c>
-      <c r="N37" s="2">
+      <c r="N37" s="5">
         <v>0.51319444444444495</v>
       </c>
-      <c r="O37" s="2">
+      <c r="O37" s="5">
         <v>0.51527777777777795</v>
       </c>
-      <c r="P37" s="2">
+      <c r="P37" s="5">
         <v>0.51736111111111105</v>
       </c>
     </row>
-    <row r="38" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="2">
+    <row r="38" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="5">
         <v>0.48611111111111099</v>
       </c>
-      <c r="B38" s="2">
-[...2 lines deleted...]
-      <c r="C38" s="2">
+      <c r="B38" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="5">
         <v>0.49027777777777776</v>
       </c>
-      <c r="D38" s="2">
+      <c r="D38" s="5">
         <v>0.4909722222222222</v>
       </c>
-      <c r="E38" s="2">
+      <c r="E38" s="5">
         <v>0.49652777777777801</v>
       </c>
-      <c r="F38" s="2">
+      <c r="F38" s="5">
         <v>0.49722222222222201</v>
       </c>
-      <c r="G38" s="2">
+      <c r="G38" s="5">
         <v>0.50138888888888899</v>
       </c>
-      <c r="H38" s="2">
+      <c r="H38" s="5">
         <v>0.50416666666666698</v>
       </c>
-      <c r="I38" s="2">
+      <c r="I38" s="5">
         <v>0.50694444444444398</v>
       </c>
-      <c r="J38" s="2">
+      <c r="J38" s="5">
         <v>0.50972222222222197</v>
       </c>
-      <c r="K38" s="2">
+      <c r="K38" s="5">
         <v>0.5131944444444444</v>
       </c>
-      <c r="L38" s="2">
+      <c r="L38" s="5">
         <v>0.51736111111111105</v>
       </c>
-      <c r="M38" s="2">
+      <c r="M38" s="5">
         <v>0.51875000000000004</v>
       </c>
-      <c r="N38" s="2">
+      <c r="N38" s="5">
         <v>0.52013888888888904</v>
       </c>
-      <c r="O38" s="2">
+      <c r="O38" s="5">
         <v>0.52222222222222203</v>
       </c>
-      <c r="P38" s="2">
+      <c r="P38" s="5">
         <v>0.52430555555555602</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="2">
+    <row r="39" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="5">
         <v>0.49305555555555602</v>
       </c>
-      <c r="B39" s="2">
-[...2 lines deleted...]
-      <c r="C39" s="2">
+      <c r="B39" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="5">
         <v>0.49722222222222223</v>
       </c>
-      <c r="D39" s="2">
+      <c r="D39" s="5">
         <v>0.49791666666666667</v>
       </c>
-      <c r="E39" s="2">
+      <c r="E39" s="5">
         <v>0.50347222222222199</v>
       </c>
-      <c r="F39" s="2">
+      <c r="F39" s="5">
         <v>0.50416666666666698</v>
       </c>
-      <c r="G39" s="2">
+      <c r="G39" s="5">
         <v>0.50833333333333297</v>
       </c>
-      <c r="H39" s="2">
+      <c r="H39" s="5">
         <v>0.51111111111111096</v>
       </c>
-      <c r="I39" s="2">
+      <c r="I39" s="5">
         <v>0.51388888888888895</v>
       </c>
-      <c r="J39" s="2">
+      <c r="J39" s="5">
         <v>0.51666666666666672</v>
       </c>
-      <c r="K39" s="2">
+      <c r="K39" s="5">
         <v>0.52013888888888893</v>
       </c>
-      <c r="L39" s="2">
+      <c r="L39" s="5">
         <v>0.52430555555555602</v>
       </c>
-      <c r="M39" s="2">
+      <c r="M39" s="5">
         <v>0.52569444444444402</v>
       </c>
-      <c r="N39" s="2">
+      <c r="N39" s="5">
         <v>0.52708333333333302</v>
       </c>
-      <c r="O39" s="2">
+      <c r="O39" s="5">
         <v>0.52916666666666701</v>
       </c>
-      <c r="P39" s="2">
+      <c r="P39" s="5">
         <v>0.53125</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="2">
+    <row r="40" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="5">
         <v>0.5</v>
       </c>
-      <c r="B40" s="2">
-[...2 lines deleted...]
-      <c r="C40" s="2">
+      <c r="B40" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="5">
         <v>0.50416666666666665</v>
       </c>
-      <c r="D40" s="2">
+      <c r="D40" s="5">
         <v>0.50486111111111109</v>
       </c>
-      <c r="E40" s="2">
+      <c r="E40" s="5">
         <v>0.51041666666666696</v>
       </c>
-      <c r="F40" s="2">
+      <c r="F40" s="5">
         <v>0.51111111111111096</v>
       </c>
-      <c r="G40" s="2">
+      <c r="G40" s="5">
         <v>0.51527777777777795</v>
       </c>
-      <c r="H40" s="2">
+      <c r="H40" s="5">
         <v>0.51805555555555505</v>
       </c>
-      <c r="I40" s="2">
+      <c r="I40" s="5">
         <v>0.52083333333333304</v>
       </c>
-      <c r="J40" s="2">
+      <c r="J40" s="5">
         <v>0.52361111111111103</v>
       </c>
-      <c r="K40" s="2">
+      <c r="K40" s="5">
         <v>0.52638888888888891</v>
       </c>
-      <c r="L40" s="2">
+      <c r="L40" s="5">
         <v>0.53125</v>
       </c>
-      <c r="M40" s="2">
+      <c r="M40" s="5">
         <v>0.53263888888888899</v>
       </c>
-      <c r="N40" s="2">
+      <c r="N40" s="5">
         <v>0.53402777777777799</v>
       </c>
-      <c r="O40" s="2">
+      <c r="O40" s="5">
         <v>0.53611111111111098</v>
       </c>
-      <c r="P40" s="2">
+      <c r="P40" s="5">
         <v>0.53819444444444398</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="2">
+    <row r="41" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="5">
         <v>0.50694444444444398</v>
       </c>
-      <c r="B41" s="2">
-[...2 lines deleted...]
-      <c r="C41" s="2">
+      <c r="B41" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="5">
         <v>0.51111111111111107</v>
       </c>
-      <c r="D41" s="2">
+      <c r="D41" s="5">
         <v>0.51180555555555551</v>
       </c>
-      <c r="E41" s="2">
+      <c r="E41" s="5">
         <v>0.51736111111111105</v>
       </c>
-      <c r="F41" s="2">
+      <c r="F41" s="5">
         <v>0.51805555555555605</v>
       </c>
-      <c r="G41" s="2">
+      <c r="G41" s="5">
         <v>0.52222222222222203</v>
       </c>
-      <c r="H41" s="2">
+      <c r="H41" s="5">
         <v>0.52500000000000002</v>
       </c>
-      <c r="I41" s="2">
+      <c r="I41" s="5">
         <v>0.52777777777777801</v>
       </c>
-      <c r="J41" s="2">
+      <c r="J41" s="5">
         <v>0.530555555555556</v>
       </c>
-      <c r="K41" s="2">
+      <c r="K41" s="5">
         <v>0.53402777777777777</v>
       </c>
-      <c r="L41" s="2">
+      <c r="L41" s="5">
         <v>0.53819444444444398</v>
       </c>
-      <c r="M41" s="2">
+      <c r="M41" s="5">
         <v>0.53958333333333297</v>
       </c>
-      <c r="N41" s="2">
+      <c r="N41" s="5">
         <v>0.54097222222222197</v>
       </c>
-      <c r="O41" s="2">
+      <c r="O41" s="5">
         <v>4.3055555555555562E-2</v>
       </c>
-      <c r="P41" s="2">
+      <c r="P41" s="5">
         <v>4.5138888888888888E-2</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="2">
+    <row r="42" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="5">
         <v>0.51388888888888895</v>
       </c>
-      <c r="B42" s="2">
-[...2 lines deleted...]
-      <c r="C42" s="2">
+      <c r="B42" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="5">
         <v>0.5180555555555556</v>
       </c>
-      <c r="D42" s="2">
+      <c r="D42" s="5">
         <v>0.51875000000000004</v>
       </c>
-      <c r="E42" s="2">
+      <c r="E42" s="5">
         <v>0.52430555555555602</v>
       </c>
-      <c r="F42" s="2">
+      <c r="F42" s="5">
         <v>0.52500000000000002</v>
       </c>
-      <c r="G42" s="2">
+      <c r="G42" s="5">
         <v>0.52916666666666701</v>
       </c>
-      <c r="H42" s="2">
+      <c r="H42" s="5">
         <v>0.531944444444444</v>
       </c>
-      <c r="I42" s="2">
+      <c r="I42" s="5">
         <v>0.53472222222222199</v>
       </c>
-      <c r="J42" s="2">
+      <c r="J42" s="5">
         <v>0.53749999999999998</v>
       </c>
-      <c r="K42" s="2">
+      <c r="K42" s="5">
         <v>0.54097222222222219</v>
       </c>
-      <c r="L42" s="2">
+      <c r="L42" s="5">
         <v>4.5138888888888888E-2</v>
       </c>
-      <c r="M42" s="2">
+      <c r="M42" s="5">
         <v>4.6527777777777779E-2</v>
       </c>
-      <c r="N42" s="2">
+      <c r="N42" s="5">
         <v>4.7916666666666663E-2</v>
       </c>
-      <c r="O42" s="2">
+      <c r="O42" s="5">
         <v>4.9999999999999996E-2</v>
       </c>
-      <c r="P42" s="2">
+      <c r="P42" s="5">
         <v>5.2083333333333336E-2</v>
       </c>
     </row>
     <row r="43" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="2">
+      <c r="A43" s="5">
         <v>0.52083333333333304</v>
       </c>
-      <c r="B43" s="2">
-[...2 lines deleted...]
-      <c r="C43" s="2">
+      <c r="B43" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="5">
         <v>0.52500000000000002</v>
       </c>
-      <c r="D43" s="2">
+      <c r="D43" s="5">
         <v>0.52569444444444446</v>
       </c>
-      <c r="E43" s="2">
+      <c r="E43" s="5">
         <v>0.53125</v>
       </c>
-      <c r="F43" s="2">
+      <c r="F43" s="5">
         <v>0.531944444444444</v>
       </c>
-      <c r="G43" s="2">
+      <c r="G43" s="5">
         <v>0.53611111111111098</v>
       </c>
-      <c r="H43" s="2">
+      <c r="H43" s="5">
         <v>0.53888888888888897</v>
       </c>
-      <c r="I43" s="2">
+      <c r="I43" s="5">
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="J43" s="2">
+      <c r="J43" s="5">
         <v>4.4444444444444446E-2</v>
       </c>
-      <c r="K43" s="2">
+      <c r="K43" s="5">
         <v>4.791666666666667E-2</v>
       </c>
-      <c r="L43" s="2">
+      <c r="L43" s="5">
         <v>5.2083333333333336E-2</v>
       </c>
-      <c r="M43" s="2">
+      <c r="M43" s="5">
         <v>5.347222222222222E-2</v>
       </c>
-      <c r="N43" s="2">
+      <c r="N43" s="5">
         <v>5.486111111111111E-2</v>
       </c>
-      <c r="O43" s="2">
+      <c r="O43" s="5">
         <v>5.6944444444444443E-2</v>
       </c>
-      <c r="P43" s="2">
+      <c r="P43" s="5">
         <v>5.9027777777777783E-2</v>
       </c>
     </row>
-    <row r="44" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="2">
+    <row r="44" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="5">
         <v>0.52777777777777801</v>
       </c>
-      <c r="B44" s="2">
-[...2 lines deleted...]
-      <c r="C44" s="2">
+      <c r="B44" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="5">
         <v>0.53194444444444444</v>
       </c>
-      <c r="D44" s="2">
+      <c r="D44" s="5">
         <v>0.53263888888888888</v>
       </c>
-      <c r="E44" s="2">
+      <c r="E44" s="5">
         <v>0.53819444444444398</v>
       </c>
-      <c r="F44" s="2">
+      <c r="F44" s="5">
         <v>0.53888888888888897</v>
       </c>
-      <c r="G44" s="2">
+      <c r="G44" s="5">
         <v>4.3055555555555562E-2</v>
       </c>
-      <c r="H44" s="2">
+      <c r="H44" s="5">
         <v>4.5833333333333337E-2</v>
       </c>
-      <c r="I44" s="2">
+      <c r="I44" s="5">
         <v>4.8611111111111112E-2</v>
       </c>
-      <c r="J44" s="2">
+      <c r="J44" s="5">
         <v>5.1388888888888894E-2</v>
       </c>
-      <c r="K44" s="2">
+      <c r="K44" s="5">
         <v>5.486111111111111E-2</v>
       </c>
-      <c r="L44" s="2">
+      <c r="L44" s="5">
         <v>5.9027777777777783E-2</v>
       </c>
-      <c r="M44" s="2">
+      <c r="M44" s="5">
         <v>6.0416666666666667E-2</v>
       </c>
-      <c r="N44" s="2">
+      <c r="N44" s="5">
         <v>6.1805555555555558E-2</v>
       </c>
-      <c r="O44" s="2">
+      <c r="O44" s="5">
         <v>6.3888888888888884E-2</v>
       </c>
-      <c r="P44" s="2">
+      <c r="P44" s="5">
         <v>6.5972222222222224E-2</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="2">
+    <row r="45" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="5">
         <v>0.53472222222222199</v>
       </c>
-      <c r="B45" s="2">
-[...2 lines deleted...]
-      <c r="C45" s="2">
+      <c r="B45" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="5">
         <v>0.53888888888888886</v>
       </c>
-      <c r="D45" s="2">
+      <c r="D45" s="5">
         <v>0.5395833333333333</v>
       </c>
-      <c r="E45" s="2">
+      <c r="E45" s="5">
         <v>4.5138888888888888E-2</v>
       </c>
-      <c r="F45" s="2">
+      <c r="F45" s="5">
         <v>4.5833333333333337E-2</v>
       </c>
-      <c r="G45" s="2">
+      <c r="G45" s="5">
         <v>4.9999999999999996E-2</v>
       </c>
-      <c r="H45" s="2">
+      <c r="H45" s="5">
         <v>5.2777777777777778E-2</v>
       </c>
-      <c r="I45" s="2">
+      <c r="I45" s="5">
         <v>5.5555555555555552E-2</v>
       </c>
-      <c r="J45" s="2">
+      <c r="J45" s="5">
         <v>5.8333333333333334E-2</v>
       </c>
-      <c r="K45" s="2">
+      <c r="K45" s="5">
         <v>6.1805555555555558E-2</v>
       </c>
-      <c r="L45" s="2">
+      <c r="L45" s="5">
         <v>6.5972222222222224E-2</v>
       </c>
-      <c r="M45" s="2">
+      <c r="M45" s="5">
         <v>6.7361111111111108E-2</v>
       </c>
-      <c r="N45" s="2">
+      <c r="N45" s="5">
         <v>6.8749999999999992E-2</v>
       </c>
-      <c r="O45" s="2">
+      <c r="O45" s="5">
         <v>7.0833333333333331E-2</v>
       </c>
-      <c r="P45" s="2">
+      <c r="P45" s="5">
         <v>7.2916666666666671E-2</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="2">
+    <row r="46" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="5">
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="B46" s="2">
-[...2 lines deleted...]
-      <c r="C46" s="2">
+      <c r="B46" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="5">
         <v>4.583333333333333E-2</v>
       </c>
-      <c r="D46" s="2">
+      <c r="D46" s="5">
         <v>4.6527777777777779E-2</v>
       </c>
-      <c r="E46" s="2">
+      <c r="E46" s="5">
         <v>5.2083333333333336E-2</v>
       </c>
-      <c r="F46" s="2">
+      <c r="F46" s="5">
         <v>5.2777777777777778E-2</v>
       </c>
-      <c r="G46" s="2">
+      <c r="G46" s="5">
         <v>5.6944444444444443E-2</v>
       </c>
-      <c r="H46" s="2">
+      <c r="H46" s="5">
         <v>5.9722222222222225E-2</v>
       </c>
-      <c r="I46" s="2">
+      <c r="I46" s="5">
         <v>6.25E-2</v>
       </c>
-      <c r="J46" s="2">
+      <c r="J46" s="5">
         <v>6.5277777777777782E-2</v>
       </c>
-      <c r="K46" s="2">
+      <c r="K46" s="5">
         <v>6.805555555555555E-2</v>
       </c>
-      <c r="L46" s="2">
+      <c r="L46" s="5">
         <v>7.2916666666666671E-2</v>
       </c>
-      <c r="M46" s="2">
+      <c r="M46" s="5">
         <v>7.4305555555555555E-2</v>
       </c>
-      <c r="N46" s="2">
+      <c r="N46" s="5">
         <v>7.5694444444444439E-2</v>
       </c>
-      <c r="O46" s="2">
+      <c r="O46" s="5">
         <v>7.7777777777777779E-2</v>
       </c>
-      <c r="P46" s="2">
+      <c r="P46" s="5">
         <v>7.9861111111111105E-2</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="2">
+    <row r="47" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="5">
         <v>4.8611111111111112E-2</v>
       </c>
-      <c r="B47" s="2">
-[...2 lines deleted...]
-      <c r="C47" s="2">
+      <c r="B47" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C47" s="5">
         <v>5.2777777777777778E-2</v>
       </c>
-      <c r="D47" s="2">
+      <c r="D47" s="5">
         <v>5.347222222222222E-2</v>
       </c>
-      <c r="E47" s="2">
+      <c r="E47" s="5">
         <v>5.9027777777777783E-2</v>
       </c>
-      <c r="F47" s="2">
+      <c r="F47" s="5">
         <v>5.9722222222222225E-2</v>
       </c>
-      <c r="G47" s="2">
+      <c r="G47" s="5">
         <v>6.3888888888888884E-2</v>
       </c>
-      <c r="H47" s="2">
+      <c r="H47" s="5">
         <v>6.6666666666666666E-2</v>
       </c>
-      <c r="I47" s="2">
+      <c r="I47" s="5">
         <v>6.9444444444444434E-2</v>
       </c>
-      <c r="J47" s="2">
+      <c r="J47" s="5">
         <v>7.2222222222222229E-2</v>
       </c>
-      <c r="K47" s="2">
+      <c r="K47" s="5">
         <v>7.5694444444444439E-2</v>
       </c>
-      <c r="L47" s="2">
+      <c r="L47" s="5">
         <v>7.9861111111111105E-2</v>
       </c>
-      <c r="M47" s="2">
+      <c r="M47" s="5">
         <v>8.1250000000000003E-2</v>
       </c>
-      <c r="N47" s="2">
+      <c r="N47" s="5">
         <v>8.2638888888888887E-2</v>
       </c>
-      <c r="O47" s="2">
+      <c r="O47" s="5">
         <v>8.4722222222222199E-2</v>
       </c>
-      <c r="P47" s="2">
+      <c r="P47" s="5">
         <v>8.6805555555555594E-2</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="2">
+    <row r="48" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="5">
         <v>5.5555555555555552E-2</v>
       </c>
-      <c r="B48" s="2">
-[...2 lines deleted...]
-      <c r="C48" s="2">
+      <c r="B48" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C48" s="5">
         <v>5.9722222222222225E-2</v>
       </c>
-      <c r="D48" s="2">
+      <c r="D48" s="5">
         <v>6.0416666666666667E-2</v>
       </c>
-      <c r="E48" s="2">
+      <c r="E48" s="5">
         <v>6.5972222222222224E-2</v>
       </c>
-      <c r="F48" s="2">
+      <c r="F48" s="5">
         <v>6.6666666666666666E-2</v>
       </c>
-      <c r="G48" s="2">
+      <c r="G48" s="5">
         <v>7.0833333333333331E-2</v>
       </c>
-      <c r="H48" s="2">
+      <c r="H48" s="5">
         <v>7.3611111111111113E-2</v>
       </c>
-      <c r="I48" s="2">
+      <c r="I48" s="5">
         <v>7.6388888888888895E-2</v>
       </c>
-      <c r="J48" s="2">
+      <c r="J48" s="5">
         <v>7.9166666666666663E-2</v>
       </c>
-      <c r="K48" s="2">
+      <c r="K48" s="5">
         <v>8.2638888888888887E-2</v>
       </c>
-      <c r="L48" s="2">
+      <c r="L48" s="5">
         <v>8.6805555555555594E-2</v>
       </c>
-      <c r="M48" s="2">
+      <c r="M48" s="5">
         <v>8.8194444444444395E-2</v>
       </c>
-      <c r="N48" s="2">
+      <c r="N48" s="5">
         <v>8.9583333333333307E-2</v>
       </c>
-      <c r="O48" s="2">
+      <c r="O48" s="5">
         <v>9.1666666666666702E-2</v>
       </c>
-      <c r="P48" s="2">
+      <c r="P48" s="5">
         <v>9.375E-2</v>
       </c>
     </row>
     <row r="49" spans="1:16" ht="144" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>1</v>
       </c>
@@ -2871,3785 +2870,3636 @@
         <v>3</v>
       </c>
       <c r="J49" s="1" t="s">
         <v>1</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>0</v>
       </c>
       <c r="M49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="O49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P49" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="2">
+      <c r="A50" s="5">
         <v>6.25E-2</v>
       </c>
-      <c r="B50" s="2">
-[...2 lines deleted...]
-      <c r="C50" s="2">
+      <c r="B50" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C50" s="5">
         <v>6.6666666666666666E-2</v>
       </c>
-      <c r="D50" s="2">
+      <c r="D50" s="5">
         <v>6.7361111111111108E-2</v>
       </c>
-      <c r="E50" s="2">
+      <c r="E50" s="5">
         <v>7.2916666666666671E-2</v>
       </c>
-      <c r="F50" s="2">
+      <c r="F50" s="5">
         <v>7.3611111111111113E-2</v>
       </c>
-      <c r="G50" s="2">
+      <c r="G50" s="5">
         <v>7.7777777777777779E-2</v>
       </c>
-      <c r="H50" s="2">
+      <c r="H50" s="5">
         <v>8.0555555555555561E-2</v>
       </c>
-      <c r="I50" s="2">
+      <c r="I50" s="5">
         <v>8.3333333333333301E-2</v>
       </c>
-      <c r="J50" s="2">
+      <c r="J50" s="5">
         <v>8.6111111111111097E-2</v>
       </c>
-      <c r="K50" s="2">
+      <c r="K50" s="5">
         <v>8.9583333333333334E-2</v>
       </c>
-      <c r="L50" s="2">
+      <c r="L50" s="5">
         <v>9.375E-2</v>
       </c>
-      <c r="M50" s="2">
+      <c r="M50" s="5">
         <v>9.5138888888888898E-2</v>
       </c>
-      <c r="N50" s="2">
+      <c r="N50" s="5">
         <v>9.6527777777777796E-2</v>
       </c>
-      <c r="O50" s="2">
+      <c r="O50" s="5">
         <v>9.8611111111111094E-2</v>
       </c>
-      <c r="P50" s="2">
+      <c r="P50" s="5">
         <v>0.100694444444444</v>
       </c>
     </row>
-    <row r="51" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="2">
+    <row r="51" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="5">
         <v>6.9444444444444434E-2</v>
       </c>
-      <c r="B51" s="2">
+      <c r="B51" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C51" s="5">
+        <v>7.3611111111111113E-2</v>
+      </c>
+      <c r="D51" s="5">
+        <v>7.4305555555555555E-2</v>
+      </c>
+      <c r="E51" s="5">
+        <v>7.9861111111111105E-2</v>
+      </c>
+      <c r="F51" s="5">
+        <v>8.0555555555555561E-2</v>
+      </c>
+      <c r="G51" s="5">
+        <v>8.4722222222222199E-2</v>
+      </c>
+      <c r="H51" s="5">
+        <v>8.7499999999999994E-2</v>
+      </c>
+      <c r="I51" s="5">
+        <v>9.0277777777777804E-2</v>
+      </c>
+      <c r="J51" s="5">
+        <v>9.30555555555556E-2</v>
+      </c>
+      <c r="K51" s="5">
+        <v>9.6527777777777782E-2</v>
+      </c>
+      <c r="L51" s="5">
+        <v>0.10069444444444443</v>
+      </c>
+      <c r="M51" s="5">
+        <v>0.102083333333333</v>
+      </c>
+      <c r="N51" s="5">
+        <v>0.10347222222222199</v>
+      </c>
+      <c r="O51" s="5">
+        <v>0.105555555555556</v>
+      </c>
+      <c r="P51" s="5">
+        <v>0.10763888888888901</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="5">
+        <v>7.6388888888888895E-2</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C52" s="5">
+        <v>8.0555555555555561E-2</v>
+      </c>
+      <c r="D52" s="5">
+        <v>8.1250000000000003E-2</v>
+      </c>
+      <c r="E52" s="5">
+        <v>8.6805555555555566E-2</v>
+      </c>
+      <c r="F52" s="5">
+        <v>8.7499999999999994E-2</v>
+      </c>
+      <c r="G52" s="5">
+        <v>9.1666666666666702E-2</v>
+      </c>
+      <c r="H52" s="5">
+        <v>9.44444444444444E-2</v>
+      </c>
+      <c r="I52" s="5">
+        <v>9.7222222222222196E-2</v>
+      </c>
+      <c r="J52" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="K52" s="5">
+        <v>0.10347222222222222</v>
+      </c>
+      <c r="L52" s="5">
+        <v>0.10763888888888901</v>
+      </c>
+      <c r="M52" s="5">
+        <v>0.109027777777778</v>
+      </c>
+      <c r="N52" s="5">
+        <v>0.110416666666667</v>
+      </c>
+      <c r="O52" s="5">
+        <v>0.1125</v>
+      </c>
+      <c r="P52" s="5">
+        <v>0.114583333333333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="5">
+        <v>8.3333333333333301E-2</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C53" s="5">
+        <v>8.7499999999999994E-2</v>
+      </c>
+      <c r="D53" s="5">
+        <v>8.819444444444445E-2</v>
+      </c>
+      <c r="E53" s="5">
+        <v>9.375E-2</v>
+      </c>
+      <c r="F53" s="5">
+        <v>9.44444444444444E-2</v>
+      </c>
+      <c r="G53" s="5">
+        <v>9.8611111111111094E-2</v>
+      </c>
+      <c r="H53" s="5">
+        <v>0.101388888888889</v>
+      </c>
+      <c r="I53" s="5">
+        <v>0.104166666666667</v>
+      </c>
+      <c r="J53" s="5">
+        <v>0.106944444444444</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.10972222222222222</v>
+      </c>
+      <c r="L53" s="5">
+        <v>0.114583333333333</v>
+      </c>
+      <c r="M53" s="5">
+        <v>0.115972222222222</v>
+      </c>
+      <c r="N53" s="5">
+        <v>0.117361111111111</v>
+      </c>
+      <c r="O53" s="5">
+        <v>0.11944444444444401</v>
+      </c>
+      <c r="P53" s="5">
+        <v>0.121527777777778</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="5">
+        <v>9.0277777777777804E-2</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C54" s="5">
+        <v>9.4444444444444442E-2</v>
+      </c>
+      <c r="D54" s="5">
+        <v>9.5138888888888884E-2</v>
+      </c>
+      <c r="E54" s="5">
+        <v>0.100694444444444</v>
+      </c>
+      <c r="F54" s="5">
+        <v>0.101388888888889</v>
+      </c>
+      <c r="G54" s="5">
+        <v>0.105555555555556</v>
+      </c>
+      <c r="H54" s="5">
+        <v>0.108333333333333</v>
+      </c>
+      <c r="I54" s="5">
+        <v>0.11111111111111099</v>
+      </c>
+      <c r="J54" s="5">
+        <v>0.113888888888889</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.11736111111111111</v>
+      </c>
+      <c r="L54" s="5">
+        <v>0.121527777777778</v>
+      </c>
+      <c r="M54" s="5">
+        <v>0.12291666666666699</v>
+      </c>
+      <c r="N54" s="5">
+        <v>0.124305555555556</v>
+      </c>
+      <c r="O54" s="5">
+        <v>0.12638888888888899</v>
+      </c>
+      <c r="P54" s="5">
+        <v>0.12847222222222199</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="5">
+        <v>9.7222222222222196E-2</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C55" s="5">
+        <v>0.10138888888888889</v>
+      </c>
+      <c r="D55" s="5">
+        <v>0.10208333333333333</v>
+      </c>
+      <c r="E55" s="5">
+        <v>0.1076388888888889</v>
+      </c>
+      <c r="F55" s="5">
+        <v>0.108333333333333</v>
+      </c>
+      <c r="G55" s="5">
+        <v>0.1125</v>
+      </c>
+      <c r="H55" s="5">
+        <v>0.11527777777777801</v>
+      </c>
+      <c r="I55" s="5">
+        <v>0.118055555555556</v>
+      </c>
+      <c r="J55" s="5">
+        <v>0.120833333333333</v>
+      </c>
+      <c r="K55" s="5">
+        <v>0.12430555555555556</v>
+      </c>
+      <c r="L55" s="5">
+        <v>0.12847222222222199</v>
+      </c>
+      <c r="M55" s="5">
+        <v>0.12986111111111101</v>
+      </c>
+      <c r="N55" s="5">
+        <v>0.13125000000000001</v>
+      </c>
+      <c r="O55" s="5">
+        <v>0.133333333333333</v>
+      </c>
+      <c r="P55" s="5">
+        <v>0.13541666666666699</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="5">
+        <v>0.104166666666667</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C56" s="5">
+        <v>0.10833333333333334</v>
+      </c>
+      <c r="D56" s="5">
+        <v>0.10902777777777778</v>
+      </c>
+      <c r="E56" s="5">
+        <v>0.11458333333333333</v>
+      </c>
+      <c r="F56" s="5">
+        <v>0.11527777777777801</v>
+      </c>
+      <c r="G56" s="5">
+        <v>0.11944444444444401</v>
+      </c>
+      <c r="H56" s="5">
+        <v>0.122222222222222</v>
+      </c>
+      <c r="I56" s="5">
+        <v>0.125</v>
+      </c>
+      <c r="J56" s="5">
+        <v>0.12777777777777799</v>
+      </c>
+      <c r="K56" s="5">
+        <v>0.13125000000000001</v>
+      </c>
+      <c r="L56" s="5">
+        <v>0.13541666666666666</v>
+      </c>
+      <c r="M56" s="5">
+        <v>0.13680555555555601</v>
+      </c>
+      <c r="N56" s="5">
+        <v>0.13819444444444401</v>
+      </c>
+      <c r="O56" s="5">
+        <v>0.140277777777778</v>
+      </c>
+      <c r="P56" s="5">
+        <v>0.14236111111111099</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="5">
+        <v>0.11111111111111099</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="5">
+        <v>0.11527777777777778</v>
+      </c>
+      <c r="D57" s="5">
+        <v>0.11597222222222223</v>
+      </c>
+      <c r="E57" s="5">
+        <v>0.121527777777778</v>
+      </c>
+      <c r="F57" s="5">
+        <v>0.122222222222222</v>
+      </c>
+      <c r="G57" s="5">
+        <v>0.12638888888888899</v>
+      </c>
+      <c r="H57" s="5">
+        <v>0.12916666666666701</v>
+      </c>
+      <c r="I57" s="5">
+        <v>0.131944444444444</v>
+      </c>
+      <c r="J57" s="5">
+        <v>0.13472222222222199</v>
+      </c>
+      <c r="K57" s="5">
+        <v>0.13819444444444445</v>
+      </c>
+      <c r="L57" s="5">
+        <v>0.1423611111111111</v>
+      </c>
+      <c r="M57" s="5">
+        <v>0.14374999999999999</v>
+      </c>
+      <c r="N57" s="5">
+        <v>0.14513888888888901</v>
+      </c>
+      <c r="O57" s="5">
+        <v>0.147222222222222</v>
+      </c>
+      <c r="P57" s="5">
+        <v>0.149305555555556</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="5">
+        <v>0.118055555555556</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="5">
+        <v>0.12222222222222222</v>
+      </c>
+      <c r="D58" s="5">
+        <v>0.12291666666666666</v>
+      </c>
+      <c r="E58" s="5">
+        <v>0.12847222222222224</v>
+      </c>
+      <c r="F58" s="5">
+        <v>0.12916666666666701</v>
+      </c>
+      <c r="G58" s="5">
+        <v>0.133333333333333</v>
+      </c>
+      <c r="H58" s="5">
+        <v>0.13611111111111099</v>
+      </c>
+      <c r="I58" s="5">
+        <v>0.13888888888888901</v>
+      </c>
+      <c r="J58" s="5">
+        <v>0.14166666666666666</v>
+      </c>
+      <c r="K58" s="5">
+        <v>0.1451388888888889</v>
+      </c>
+      <c r="L58" s="5">
+        <v>0.149305555555556</v>
+      </c>
+      <c r="M58" s="5">
+        <v>0.15069444444444399</v>
+      </c>
+      <c r="N58" s="5">
+        <v>0.15208333333333299</v>
+      </c>
+      <c r="O58" s="5">
+        <v>0.15416666666666701</v>
+      </c>
+      <c r="P58" s="5">
+        <v>0.15625</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="5">
+        <v>0.125</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="5">
+        <v>0.12916666666666668</v>
+      </c>
+      <c r="D59" s="5">
+        <v>0.12986111111111112</v>
+      </c>
+      <c r="E59" s="5">
+        <v>0.13541666666666699</v>
+      </c>
+      <c r="F59" s="5">
+        <v>0.13611111111111099</v>
+      </c>
+      <c r="G59" s="5">
+        <v>0.140277777777778</v>
+      </c>
+      <c r="H59" s="5">
+        <v>0.14305555555555599</v>
+      </c>
+      <c r="I59" s="5">
+        <v>0.14583333333333301</v>
+      </c>
+      <c r="J59" s="5">
+        <v>0.148611111111111</v>
+      </c>
+      <c r="K59" s="5">
+        <v>0.15138888888888888</v>
+      </c>
+      <c r="L59" s="5">
+        <v>0.15625</v>
+      </c>
+      <c r="M59" s="5">
+        <v>0.15763888888888899</v>
+      </c>
+      <c r="N59" s="5">
+        <v>0.15902777777777799</v>
+      </c>
+      <c r="O59" s="5">
+        <v>0.16111111111111101</v>
+      </c>
+      <c r="P59" s="5">
+        <v>0.163194444444444</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="5">
+        <v>0.131944444444444</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="5">
+        <v>0.1361111111111111</v>
+      </c>
+      <c r="D60" s="5">
+        <v>0.13680555555555557</v>
+      </c>
+      <c r="E60" s="5">
+        <v>0.14236111111111099</v>
+      </c>
+      <c r="F60" s="5">
+        <v>0.14305555555555599</v>
+      </c>
+      <c r="G60" s="5">
+        <v>0.147222222222222</v>
+      </c>
+      <c r="H60" s="5">
+        <v>0.15</v>
+      </c>
+      <c r="I60" s="5">
+        <v>0.15277777777777801</v>
+      </c>
+      <c r="J60" s="5">
+        <v>0.155555555555556</v>
+      </c>
+      <c r="K60" s="5">
+        <v>0.15902777777777777</v>
+      </c>
+      <c r="L60" s="5">
+        <v>0.163194444444444</v>
+      </c>
+      <c r="M60" s="5">
+        <v>0.164583333333333</v>
+      </c>
+      <c r="N60" s="5">
+        <v>0.16597222222222199</v>
+      </c>
+      <c r="O60" s="5">
+        <v>0.16805555555555601</v>
+      </c>
+      <c r="P60" s="5">
+        <v>0.17013888888888901</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="5">
+        <v>0.13888888888888901</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="5">
+        <v>0.14305555555555555</v>
+      </c>
+      <c r="D61" s="5">
+        <v>0.14374999999999999</v>
+      </c>
+      <c r="E61" s="5">
+        <v>0.14930555555555555</v>
+      </c>
+      <c r="F61" s="5">
+        <v>0.15</v>
+      </c>
+      <c r="G61" s="5">
+        <v>0.15416666666666701</v>
+      </c>
+      <c r="H61" s="5">
+        <v>0.156944444444444</v>
+      </c>
+      <c r="I61" s="5">
+        <v>0.15972222222222199</v>
+      </c>
+      <c r="J61" s="5">
+        <v>0.16250000000000001</v>
+      </c>
+      <c r="K61" s="5">
+        <v>0.16597222222222222</v>
+      </c>
+      <c r="L61" s="5">
+        <v>0.17013888888888901</v>
+      </c>
+      <c r="M61" s="5">
+        <v>0.171527777777778</v>
+      </c>
+      <c r="N61" s="5">
+        <v>0.172916666666667</v>
+      </c>
+      <c r="O61" s="5">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="P61" s="5">
+        <v>0.17708333333333301</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="5">
+        <v>0.14583333333333301</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="5">
+        <v>0.15</v>
+      </c>
+      <c r="D62" s="5">
+        <v>0.15069444444444444</v>
+      </c>
+      <c r="E62" s="5">
+        <v>0.15625</v>
+      </c>
+      <c r="F62" s="5">
+        <v>0.156944444444444</v>
+      </c>
+      <c r="G62" s="5">
+        <v>0.16111111111111101</v>
+      </c>
+      <c r="H62" s="5">
+        <v>0.163888888888889</v>
+      </c>
+      <c r="I62" s="5">
+        <v>0.16666666666666699</v>
+      </c>
+      <c r="J62" s="5">
+        <v>0.16944444444444401</v>
+      </c>
+      <c r="K62" s="5">
+        <v>0.17291666666666666</v>
+      </c>
+      <c r="L62" s="5">
+        <v>0.17708333333333301</v>
+      </c>
+      <c r="M62" s="5">
+        <v>0.178472222222222</v>
+      </c>
+      <c r="N62" s="5">
+        <v>0.179861111111111</v>
+      </c>
+      <c r="O62" s="5">
+        <v>0.18194444444444399</v>
+      </c>
+      <c r="P62" s="5">
+        <v>0.18402777777777801</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="5">
+        <v>0.15277777777777801</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="5">
+        <v>0.15694444444444444</v>
+      </c>
+      <c r="D63" s="5">
+        <v>0.15763888888888888</v>
+      </c>
+      <c r="E63" s="5">
+        <v>0.163194444444444</v>
+      </c>
+      <c r="F63" s="5">
+        <v>0.163888888888889</v>
+      </c>
+      <c r="G63" s="5">
+        <v>0.16805555555555601</v>
+      </c>
+      <c r="H63" s="5">
+        <v>0.170833333333333</v>
+      </c>
+      <c r="I63" s="5">
+        <v>0.17361111111111099</v>
+      </c>
+      <c r="J63" s="5">
+        <v>0.17638888888888901</v>
+      </c>
+      <c r="K63" s="5">
+        <v>0.17986111111111111</v>
+      </c>
+      <c r="L63" s="5">
+        <v>0.18402777777777801</v>
+      </c>
+      <c r="M63" s="5">
+        <v>0.18541666666666701</v>
+      </c>
+      <c r="N63" s="5">
+        <v>0.186805555555556</v>
+      </c>
+      <c r="O63" s="5">
+        <v>0.18888888888888899</v>
+      </c>
+      <c r="P63" s="5">
+        <v>0.19097222222222199</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="5">
+        <v>0.15972222222222199</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="5">
+        <v>0.16388888888888889</v>
+      </c>
+      <c r="D64" s="5">
+        <v>0.16458333333333333</v>
+      </c>
+      <c r="E64" s="5">
+        <v>0.17013888888888901</v>
+      </c>
+      <c r="F64" s="5">
+        <v>0.170833333333333</v>
+      </c>
+      <c r="G64" s="5">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="H64" s="5">
+        <v>0.17777777777777801</v>
+      </c>
+      <c r="I64" s="5">
+        <v>0.180555555555556</v>
+      </c>
+      <c r="J64" s="5">
+        <v>0.18333333333333332</v>
+      </c>
+      <c r="K64" s="5">
+        <v>0.18680555555555556</v>
+      </c>
+      <c r="L64" s="5">
+        <v>0.19097222222222199</v>
+      </c>
+      <c r="M64" s="5">
+        <v>0.19236111111111101</v>
+      </c>
+      <c r="N64" s="5">
+        <v>0.19375000000000001</v>
+      </c>
+      <c r="O64" s="5">
+        <v>0.195833333333333</v>
+      </c>
+      <c r="P64" s="5">
+        <v>0.19791666666666699</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="5">
+        <v>0.16666666666666699</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="5">
+        <v>0.17083333333333334</v>
+      </c>
+      <c r="D65" s="5">
+        <v>0.17152777777777778</v>
+      </c>
+      <c r="E65" s="5">
+        <v>0.17708333333333301</v>
+      </c>
+      <c r="F65" s="5">
+        <v>0.17777777777777801</v>
+      </c>
+      <c r="G65" s="5">
+        <v>0.18194444444444399</v>
+      </c>
+      <c r="H65" s="5">
+        <v>0.18472222222222201</v>
+      </c>
+      <c r="I65" s="5">
+        <v>0.1875</v>
+      </c>
+      <c r="J65" s="5">
+        <v>0.19027777777777799</v>
+      </c>
+      <c r="K65" s="5">
+        <v>0.19305555555555556</v>
+      </c>
+      <c r="L65" s="5">
+        <v>0.19791666666666699</v>
+      </c>
+      <c r="M65" s="5">
+        <v>0.19930555555555601</v>
+      </c>
+      <c r="N65" s="5">
+        <v>0.20069444444444401</v>
+      </c>
+      <c r="O65" s="5">
+        <v>0.202777777777778</v>
+      </c>
+      <c r="P65" s="5">
+        <v>0.20486111111111099</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="5">
+        <v>0.17361111111111099</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="5">
+        <v>0.17777777777777778</v>
+      </c>
+      <c r="D66" s="5">
+        <v>0.17847222222222223</v>
+      </c>
+      <c r="E66" s="5">
+        <v>0.18402777777777801</v>
+      </c>
+      <c r="F66" s="5">
+        <v>0.18472222222222201</v>
+      </c>
+      <c r="G66" s="5">
+        <v>0.18888888888888899</v>
+      </c>
+      <c r="H66" s="5">
+        <v>0.19166666666666701</v>
+      </c>
+      <c r="I66" s="5">
+        <v>0.194444444444444</v>
+      </c>
+      <c r="J66" s="5">
+        <v>0.19722222222222199</v>
+      </c>
+      <c r="K66" s="5">
+        <v>0.20069444444444445</v>
+      </c>
+      <c r="L66" s="5">
+        <v>0.20486111111111099</v>
+      </c>
+      <c r="M66" s="5">
+        <v>0.20624999999999999</v>
+      </c>
+      <c r="N66" s="5">
+        <v>0.20763888888888901</v>
+      </c>
+      <c r="O66" s="5">
+        <v>0.209722222222222</v>
+      </c>
+      <c r="P66" s="5">
+        <v>0.211805555555556</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="5">
+        <v>0.180555555555556</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="5">
+        <v>0.18472222222222223</v>
+      </c>
+      <c r="D67" s="5">
+        <v>0.18541666666666667</v>
+      </c>
+      <c r="E67" s="5">
+        <v>0.19097222222222199</v>
+      </c>
+      <c r="F67" s="5">
+        <v>0.19166666666666701</v>
+      </c>
+      <c r="G67" s="5">
+        <v>0.195833333333333</v>
+      </c>
+      <c r="H67" s="5">
+        <v>0.19861111111111099</v>
+      </c>
+      <c r="I67" s="5">
+        <v>0.20138888888888901</v>
+      </c>
+      <c r="J67" s="5">
+        <v>0.204166666666667</v>
+      </c>
+      <c r="K67" s="5">
+        <v>0.2076388888888889</v>
+      </c>
+      <c r="L67" s="5">
+        <v>0.211805555555556</v>
+      </c>
+      <c r="M67" s="5">
+        <v>0.21319444444444399</v>
+      </c>
+      <c r="N67" s="5">
+        <v>0.21458333333333299</v>
+      </c>
+      <c r="O67" s="5">
+        <v>0.21666666666666701</v>
+      </c>
+      <c r="P67" s="5">
+        <v>0.21875</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="5">
+        <v>0.1875</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="5">
+        <v>0.19166666666666668</v>
+      </c>
+      <c r="D68" s="5">
+        <v>0.19236111111111112</v>
+      </c>
+      <c r="E68" s="5">
+        <v>0.19791666666666699</v>
+      </c>
+      <c r="F68" s="5">
+        <v>0.19861111111111099</v>
+      </c>
+      <c r="G68" s="5">
+        <v>0.202777777777778</v>
+      </c>
+      <c r="H68" s="5">
+        <v>0.20555555555555599</v>
+      </c>
+      <c r="I68" s="5">
+        <v>0.20833333333333301</v>
+      </c>
+      <c r="J68" s="5">
+        <v>0.211111111111111</v>
+      </c>
+      <c r="K68" s="5">
+        <v>0.21458333333333332</v>
+      </c>
+      <c r="L68" s="5">
+        <v>0.21875</v>
+      </c>
+      <c r="M68" s="5">
+        <v>0.22013888888888899</v>
+      </c>
+      <c r="N68" s="5">
+        <v>0.22152777777777799</v>
+      </c>
+      <c r="O68" s="5">
+        <v>0.22361111111111101</v>
+      </c>
+      <c r="P68" s="5">
+        <v>0.225694444444444</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="5">
+        <v>0.194444444444444</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="5">
+        <v>0.1986111111111111</v>
+      </c>
+      <c r="D69" s="5">
+        <v>0.19930555555555557</v>
+      </c>
+      <c r="E69" s="5">
+        <v>0.20486111111111099</v>
+      </c>
+      <c r="F69" s="5">
+        <v>0.20555555555555599</v>
+      </c>
+      <c r="G69" s="5">
+        <v>0.209722222222222</v>
+      </c>
+      <c r="H69" s="5">
+        <v>0.21249999999999999</v>
+      </c>
+      <c r="I69" s="5">
+        <v>0.21527777777777801</v>
+      </c>
+      <c r="J69" s="5">
+        <v>0.218055555555556</v>
+      </c>
+      <c r="K69" s="5">
+        <v>0.22152777777777777</v>
+      </c>
+      <c r="L69" s="5">
+        <v>0.225694444444444</v>
+      </c>
+      <c r="M69" s="5">
+        <v>0.227083333333333</v>
+      </c>
+      <c r="N69" s="5">
+        <v>0.22847222222222199</v>
+      </c>
+      <c r="O69" s="5">
+        <v>0.23055555555555601</v>
+      </c>
+      <c r="P69" s="5">
+        <v>0.23263888888888901</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="5">
+        <v>0.20138888888888901</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="5">
+        <v>0.20555555555555555</v>
+      </c>
+      <c r="D70" s="5">
+        <v>0.20624999999999999</v>
+      </c>
+      <c r="E70" s="5">
+        <v>0.211805555555556</v>
+      </c>
+      <c r="F70" s="5">
+        <v>0.21249999999999999</v>
+      </c>
+      <c r="G70" s="5">
+        <v>0.21666666666666701</v>
+      </c>
+      <c r="H70" s="5">
+        <v>0.219444444444444</v>
+      </c>
+      <c r="I70" s="5">
+        <v>0.22222222222222199</v>
+      </c>
+      <c r="J70" s="5">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="K70" s="5">
+        <v>0.22847222222222222</v>
+      </c>
+      <c r="L70" s="5">
+        <v>0.23263888888888901</v>
+      </c>
+      <c r="M70" s="5">
+        <v>0.234027777777778</v>
+      </c>
+      <c r="N70" s="5">
+        <v>0.235416666666667</v>
+      </c>
+      <c r="O70" s="5">
+        <v>0.23749999999999999</v>
+      </c>
+      <c r="P70" s="5">
+        <v>0.23958333333333301</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="5">
+        <v>0.20833333333333301</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="5">
+        <v>0.21249999999999999</v>
+      </c>
+      <c r="D71" s="5">
+        <v>0.21319444444444444</v>
+      </c>
+      <c r="E71" s="5">
+        <v>0.21875</v>
+      </c>
+      <c r="F71" s="5">
+        <v>0.219444444444444</v>
+      </c>
+      <c r="G71" s="5">
+        <v>0.22361111111111101</v>
+      </c>
+      <c r="H71" s="5">
+        <v>0.226388888888889</v>
+      </c>
+      <c r="I71" s="5">
+        <v>0.22916666666666699</v>
+      </c>
+      <c r="J71" s="5">
+        <v>0.23194444444444401</v>
+      </c>
+      <c r="K71" s="5">
+        <v>0.23472222222222222</v>
+      </c>
+      <c r="L71" s="5">
+        <v>0.23958333333333301</v>
+      </c>
+      <c r="M71" s="5">
+        <v>0.240972222222222</v>
+      </c>
+      <c r="N71" s="5">
+        <v>0.242361111111111</v>
+      </c>
+      <c r="O71" s="5">
+        <v>0.24444444444444399</v>
+      </c>
+      <c r="P71" s="5">
+        <v>0.24652777777777801</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="5">
+        <v>0.21527777777777801</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="5">
+        <v>0.21944444444444444</v>
+      </c>
+      <c r="D72" s="5">
+        <v>0.22013888888888888</v>
+      </c>
+      <c r="E72" s="5">
+        <v>0.225694444444444</v>
+      </c>
+      <c r="F72" s="5">
+        <v>0.226388888888889</v>
+      </c>
+      <c r="G72" s="5">
+        <v>0.23055555555555601</v>
+      </c>
+      <c r="H72" s="5">
+        <v>0.233333333333333</v>
+      </c>
+      <c r="I72" s="5">
+        <v>0.23611111111111099</v>
+      </c>
+      <c r="J72" s="5">
+        <v>0.23888888888888901</v>
+      </c>
+      <c r="K72" s="5">
+        <v>0.24236111111111111</v>
+      </c>
+      <c r="L72" s="5">
+        <v>0.24652777777777801</v>
+      </c>
+      <c r="M72" s="5">
+        <v>0.24791666666666701</v>
+      </c>
+      <c r="N72" s="5">
+        <v>0.249305555555556</v>
+      </c>
+      <c r="O72" s="5">
+        <v>0.25138888888888899</v>
+      </c>
+      <c r="P72" s="5">
+        <v>0.25347222222222199</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="5">
+        <v>0.22222222222222199</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="5">
+        <v>0.22638888888888889</v>
+      </c>
+      <c r="D73" s="5">
+        <v>0.22708333333333333</v>
+      </c>
+      <c r="E73" s="5">
+        <v>0.23263888888888901</v>
+      </c>
+      <c r="F73" s="5">
+        <v>0.233333333333333</v>
+      </c>
+      <c r="G73" s="5">
+        <v>0.23749999999999999</v>
+      </c>
+      <c r="H73" s="5">
+        <v>0.24027777777777801</v>
+      </c>
+      <c r="I73" s="5">
+        <v>0.243055555555556</v>
+      </c>
+      <c r="J73" s="5">
+        <v>0.24583333333333299</v>
+      </c>
+      <c r="K73" s="5">
+        <v>0.24930555555555556</v>
+      </c>
+      <c r="L73" s="5">
+        <v>0.25347222222222199</v>
+      </c>
+      <c r="M73" s="5">
+        <v>0.25486111111111098</v>
+      </c>
+      <c r="N73" s="5">
+        <v>0.25624999999999998</v>
+      </c>
+      <c r="O73" s="5">
+        <v>0.25833333333333303</v>
+      </c>
+      <c r="P73" s="5">
+        <v>0.26041666666666702</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="5">
+        <v>0.22916666666666699</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="5">
+        <v>0.23333333333333334</v>
+      </c>
+      <c r="D74" s="5">
+        <v>0.23402777777777778</v>
+      </c>
+      <c r="E74" s="5">
+        <v>0.23958333333333401</v>
+      </c>
+      <c r="F74" s="5">
+        <v>0.24027777777777801</v>
+      </c>
+      <c r="G74" s="5">
+        <v>0.24444444444444399</v>
+      </c>
+      <c r="H74" s="5">
+        <v>0.24722222222222201</v>
+      </c>
+      <c r="I74" s="5">
+        <v>0.25</v>
+      </c>
+      <c r="J74" s="5">
+        <v>0.25277777777777799</v>
+      </c>
+      <c r="K74" s="5">
+        <v>0.25624999999999998</v>
+      </c>
+      <c r="L74" s="5">
+        <v>0.26041666666666602</v>
+      </c>
+      <c r="M74" s="5">
+        <v>0.26180555555555601</v>
+      </c>
+      <c r="N74" s="5">
+        <v>0.26319444444444401</v>
+      </c>
+      <c r="O74" s="5">
+        <v>0.265277777777778</v>
+      </c>
+      <c r="P74" s="5">
+        <v>0.26736111111111099</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="5">
+        <v>0.23611111111111099</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="5">
+        <v>0.24027777777777778</v>
+      </c>
+      <c r="D75" s="5">
+        <v>0.24097222222222223</v>
+      </c>
+      <c r="E75" s="5">
+        <v>0.24652777777777801</v>
+      </c>
+      <c r="F75" s="5">
+        <v>0.24722222222222201</v>
+      </c>
+      <c r="G75" s="5">
+        <v>0.25138888888888899</v>
+      </c>
+      <c r="H75" s="5">
+        <v>0.25416666666666698</v>
+      </c>
+      <c r="I75" s="5">
+        <v>0.25694444444444398</v>
+      </c>
+      <c r="J75" s="5">
+        <v>0.25972222222222202</v>
+      </c>
+      <c r="K75" s="5">
+        <v>0.26319444444444445</v>
+      </c>
+      <c r="L75" s="5">
+        <v>0.26736111111111099</v>
+      </c>
+      <c r="M75" s="5">
+        <v>0.26874999999999999</v>
+      </c>
+      <c r="N75" s="5">
+        <v>0.27013888888888898</v>
+      </c>
+      <c r="O75" s="5">
+        <v>0.27222222222222198</v>
+      </c>
+      <c r="P75" s="5">
+        <v>0.27430555555555602</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="5">
+        <v>0.243055555555556</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="5">
+        <v>0.24722222222222223</v>
+      </c>
+      <c r="D76" s="5">
+        <v>0.24791666666666667</v>
+      </c>
+      <c r="E76" s="5">
+        <v>0.25347222222222221</v>
+      </c>
+      <c r="F76" s="5">
+        <v>0.25416666666666665</v>
+      </c>
+      <c r="G76" s="5">
+        <v>0.25833333333333336</v>
+      </c>
+      <c r="H76" s="5">
+        <v>0.26111111111111113</v>
+      </c>
+      <c r="I76" s="5">
+        <v>0.2638888888888889</v>
+      </c>
+      <c r="J76" s="5">
+        <v>0.26666666666666666</v>
+      </c>
+      <c r="K76" s="5">
+        <v>0.27013888888888887</v>
+      </c>
+      <c r="L76" s="5">
+        <v>0.27430555555555552</v>
+      </c>
+      <c r="M76" s="5">
+        <v>0.27569444444444402</v>
+      </c>
+      <c r="N76" s="5">
+        <v>0.27708333333333302</v>
+      </c>
+      <c r="O76" s="5">
+        <v>0.27916666666666701</v>
+      </c>
+      <c r="P76" s="5">
+        <v>0.28125</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="5">
+        <v>0.25</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="5">
+        <v>0.25416666666666665</v>
+      </c>
+      <c r="D77" s="5">
+        <v>0.25486111111111109</v>
+      </c>
+      <c r="E77" s="5">
+        <v>0.26041666666666702</v>
+      </c>
+      <c r="F77" s="5">
+        <v>0.26111111111111102</v>
+      </c>
+      <c r="G77" s="5">
+        <v>0.265277777777778</v>
+      </c>
+      <c r="H77" s="5">
+        <v>0.26805555555555599</v>
+      </c>
+      <c r="I77" s="5">
+        <v>0.27083333333333298</v>
+      </c>
+      <c r="J77" s="5">
+        <v>0.27361111111111103</v>
+      </c>
+      <c r="K77" s="5">
+        <v>0.27638888888888891</v>
+      </c>
+      <c r="L77" s="5">
+        <v>0.28125</v>
+      </c>
+      <c r="M77" s="5">
+        <v>0.28263888888888899</v>
+      </c>
+      <c r="N77" s="5">
+        <v>0.28402777777777799</v>
+      </c>
+      <c r="O77" s="5">
+        <v>0.28611111111111098</v>
+      </c>
+      <c r="P77" s="5">
+        <v>0.28819444444444398</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="5">
+        <v>0.25694444444444398</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="5">
+        <v>0.26111111111111113</v>
+      </c>
+      <c r="D78" s="5">
+        <v>0.26180555555555557</v>
+      </c>
+      <c r="E78" s="5">
+        <v>0.26736111111111099</v>
+      </c>
+      <c r="F78" s="5">
+        <v>0.26805555555555599</v>
+      </c>
+      <c r="G78" s="5">
+        <v>0.27222222222222198</v>
+      </c>
+      <c r="H78" s="5">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="I78" s="5">
+        <v>0.27777777777777801</v>
+      </c>
+      <c r="J78" s="5">
+        <v>0.280555555555556</v>
+      </c>
+      <c r="K78" s="5">
+        <v>0.28402777777777777</v>
+      </c>
+      <c r="L78" s="5">
+        <v>0.28819444444444398</v>
+      </c>
+      <c r="M78" s="5">
+        <v>0.28958333333333303</v>
+      </c>
+      <c r="N78" s="5">
+        <v>0.29097222222222202</v>
+      </c>
+      <c r="O78" s="5">
+        <v>0.29305555555555601</v>
+      </c>
+      <c r="P78" s="5">
+        <v>0.29513888888888901</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="5">
+        <v>0.26388888888888901</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="5">
+        <v>0.26805555555555555</v>
+      </c>
+      <c r="D79" s="5">
+        <v>0.26874999999999999</v>
+      </c>
+      <c r="E79" s="5">
+        <v>0.27430555555555552</v>
+      </c>
+      <c r="F79" s="5">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="G79" s="5">
+        <v>0.27916666666666701</v>
+      </c>
+      <c r="H79" s="5">
+        <v>0.281944444444444</v>
+      </c>
+      <c r="I79" s="5">
+        <v>0.28472222222222199</v>
+      </c>
+      <c r="J79" s="5">
+        <v>0.28749999999999998</v>
+      </c>
+      <c r="K79" s="5">
+        <v>0.29097222222222224</v>
+      </c>
+      <c r="L79" s="5">
+        <v>0.29513888888888901</v>
+      </c>
+      <c r="M79" s="5">
+        <v>0.296527777777778</v>
+      </c>
+      <c r="N79" s="5">
+        <v>0.297916666666667</v>
+      </c>
+      <c r="O79" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="P79" s="5">
+        <v>0.30208333333333298</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="K80" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="L80" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="M80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N80" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="O80" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="P80" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A81" s="5">
+        <v>0.27083333333333298</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="5">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="D81" s="5">
+        <v>0.23402777777777778</v>
+      </c>
+      <c r="E81" s="5">
+        <v>0.28125</v>
+      </c>
+      <c r="F81" s="5">
+        <v>0.281944444444444</v>
+      </c>
+      <c r="G81" s="5">
+        <v>0.28611111111111098</v>
+      </c>
+      <c r="H81" s="5">
+        <v>0.28888888888888897</v>
+      </c>
+      <c r="I81" s="5">
+        <v>0.29166666666666702</v>
+      </c>
+      <c r="J81" s="5">
+        <v>0.29444444444444401</v>
+      </c>
+      <c r="K81" s="5">
+        <v>0.29791666666666666</v>
+      </c>
+      <c r="L81" s="5">
+        <v>0.30208333333333298</v>
+      </c>
+      <c r="M81" s="5">
+        <v>0.30347222222222198</v>
+      </c>
+      <c r="N81" s="5">
+        <v>0.30486111111111103</v>
+      </c>
+      <c r="O81" s="5">
+        <v>0.30694444444444402</v>
+      </c>
+      <c r="P81" s="5">
+        <v>0.30902777777777801</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A82" s="5">
+        <v>0.27777777777777801</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="5">
+        <v>0.28194444444444444</v>
+      </c>
+      <c r="D82" s="5">
+        <v>0.28263888888888888</v>
+      </c>
+      <c r="E82" s="5">
+        <v>0.28819444444444398</v>
+      </c>
+      <c r="F82" s="5">
+        <v>0.28888888888888897</v>
+      </c>
+      <c r="G82" s="5">
+        <v>0.29305555555555601</v>
+      </c>
+      <c r="H82" s="5">
+        <v>0.295833333333333</v>
+      </c>
+      <c r="I82" s="5">
+        <v>0.29861111111111099</v>
+      </c>
+      <c r="J82" s="5">
+        <v>0.30138888888888898</v>
+      </c>
+      <c r="K82" s="5">
+        <v>0.30486111111111114</v>
+      </c>
+      <c r="L82" s="5">
+        <v>0.30902777777777801</v>
+      </c>
+      <c r="M82" s="5">
+        <v>0.31041666666666701</v>
+      </c>
+      <c r="N82" s="5">
+        <v>0.311805555555556</v>
+      </c>
+      <c r="O82" s="5">
+        <v>0.31388888888888899</v>
+      </c>
+      <c r="P82" s="5">
+        <v>0.31597222222222199</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A83" s="5">
+        <v>0.28472222222222199</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="5">
+        <v>0.28888888888888886</v>
+      </c>
+      <c r="D83" s="5">
+        <v>0.28958333333333336</v>
+      </c>
+      <c r="E83" s="5">
+        <v>0.2951388888888889</v>
+      </c>
+      <c r="F83" s="5">
+        <v>0.29583333333333334</v>
+      </c>
+      <c r="G83" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="H83" s="5">
+        <v>0.30277777777777776</v>
+      </c>
+      <c r="I83" s="5">
+        <v>0.30555555555555552</v>
+      </c>
+      <c r="J83" s="5">
+        <v>0.30833333333333335</v>
+      </c>
+      <c r="K83" s="5">
+        <v>0.31180555555555556</v>
+      </c>
+      <c r="L83" s="5">
+        <v>0.31597222222222221</v>
+      </c>
+      <c r="M83" s="5">
+        <v>0.31736111111111098</v>
+      </c>
+      <c r="N83" s="5">
+        <v>0.31874999999999998</v>
+      </c>
+      <c r="O83" s="5">
+        <v>0.32083333333333303</v>
+      </c>
+      <c r="P83" s="5">
+        <v>0.32291666666666702</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A84" s="5">
+        <v>0.29166666666666702</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="5">
+        <v>0.29583333333333334</v>
+      </c>
+      <c r="D84" s="5">
+        <v>0.29652777777777778</v>
+      </c>
+      <c r="E84" s="5">
+        <v>0.30208333333333298</v>
+      </c>
+      <c r="F84" s="5">
+        <v>0.30277777777777798</v>
+      </c>
+      <c r="G84" s="5">
+        <v>0.30694444444444402</v>
+      </c>
+      <c r="H84" s="5">
+        <v>0.30972222222222201</v>
+      </c>
+      <c r="I84" s="5">
+        <v>0.3125</v>
+      </c>
+      <c r="J84" s="5">
+        <v>0.31527777777777799</v>
+      </c>
+      <c r="K84" s="5">
+        <v>0.31805555555555554</v>
+      </c>
+      <c r="L84" s="5">
+        <v>0.32291666666666702</v>
+      </c>
+      <c r="M84" s="5">
+        <v>0.32430555555555601</v>
+      </c>
+      <c r="N84" s="5">
+        <v>0.32569444444444401</v>
+      </c>
+      <c r="O84" s="5">
+        <v>0.327777777777778</v>
+      </c>
+      <c r="P84" s="5">
+        <v>0.32986111111111099</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A85" s="5">
+        <v>0.29861111111111099</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="5">
+        <v>0.30277777777777776</v>
+      </c>
+      <c r="D85" s="5">
+        <v>0.3034722222222222</v>
+      </c>
+      <c r="E85" s="5">
+        <v>0.30902777777777801</v>
+      </c>
+      <c r="F85" s="5">
+        <v>0.30972222222222201</v>
+      </c>
+      <c r="G85" s="5">
+        <v>0.31388888888888899</v>
+      </c>
+      <c r="H85" s="5">
+        <v>0.31666666666666698</v>
+      </c>
+      <c r="I85" s="5">
+        <v>0.31944444444444398</v>
+      </c>
+      <c r="J85" s="5">
+        <v>0.32222222222222202</v>
+      </c>
+      <c r="K85" s="5">
+        <v>0.32569444444444445</v>
+      </c>
+      <c r="L85" s="5">
+        <v>0.32986111111111099</v>
+      </c>
+      <c r="M85" s="5">
+        <v>0.33124999999999999</v>
+      </c>
+      <c r="N85" s="5">
+        <v>0.33263888888888898</v>
+      </c>
+      <c r="O85" s="5">
+        <v>0.33472222222222198</v>
+      </c>
+      <c r="P85" s="5">
+        <v>0.33680555555555602</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A86" s="5">
+        <v>0.30555555555555602</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="5">
+        <v>0.30972222222222223</v>
+      </c>
+      <c r="D86" s="5">
+        <v>0.31041666666666667</v>
+      </c>
+      <c r="E86" s="5">
+        <v>0.31597222222222221</v>
+      </c>
+      <c r="F86" s="5">
+        <v>0.31666666666666698</v>
+      </c>
+      <c r="G86" s="5">
+        <v>0.32083333333333303</v>
+      </c>
+      <c r="H86" s="5">
+        <v>0.32361111111111102</v>
+      </c>
+      <c r="I86" s="5">
+        <v>0.32638888888888901</v>
+      </c>
+      <c r="J86" s="5">
+        <v>0.329166666666667</v>
+      </c>
+      <c r="K86" s="5">
+        <v>0.33263888888888887</v>
+      </c>
+      <c r="L86" s="5">
+        <v>0.33680555555555602</v>
+      </c>
+      <c r="M86" s="5">
+        <v>0.33819444444444402</v>
+      </c>
+      <c r="N86" s="5">
+        <v>0.33958333333333302</v>
+      </c>
+      <c r="O86" s="5">
+        <v>0.34166666666666701</v>
+      </c>
+      <c r="P86" s="5">
+        <v>0.34375</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A87" s="5">
+        <v>0.3125</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="5">
+        <v>0.31666666666666665</v>
+      </c>
+      <c r="D87" s="5">
+        <v>0.31736111111111109</v>
+      </c>
+      <c r="E87" s="5">
+        <v>0.32291666666666702</v>
+      </c>
+      <c r="F87" s="5">
+        <v>0.32361111111111102</v>
+      </c>
+      <c r="G87" s="5">
+        <v>0.327777777777778</v>
+      </c>
+      <c r="H87" s="5">
+        <v>0.33055555555555599</v>
+      </c>
+      <c r="I87" s="5">
+        <v>0.33333333333333298</v>
+      </c>
+      <c r="J87" s="5">
+        <v>0.33611111111111103</v>
+      </c>
+      <c r="K87" s="5">
+        <v>0.33958333333333335</v>
+      </c>
+      <c r="L87" s="5">
+        <v>0.34375</v>
+      </c>
+      <c r="M87" s="5">
+        <v>0.34513888888888899</v>
+      </c>
+      <c r="N87" s="5">
+        <v>0.34652777777777799</v>
+      </c>
+      <c r="O87" s="5">
+        <v>0.34861111111111098</v>
+      </c>
+      <c r="P87" s="5">
+        <v>0.35069444444444398</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A88" s="5">
+        <v>0.31944444444444398</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="5">
+        <v>0.32361111111111113</v>
+      </c>
+      <c r="D88" s="5">
+        <v>0.32430555555555557</v>
+      </c>
+      <c r="E88" s="5">
+        <v>0.32986111111111099</v>
+      </c>
+      <c r="F88" s="5">
+        <v>0.33055555555555599</v>
+      </c>
+      <c r="G88" s="5">
+        <v>0.33472222222222198</v>
+      </c>
+      <c r="H88" s="5">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="I88" s="5">
+        <v>0.34027777777777801</v>
+      </c>
+      <c r="J88" s="5">
+        <v>0.343055555555556</v>
+      </c>
+      <c r="K88" s="5">
+        <v>0.34652777777777777</v>
+      </c>
+      <c r="L88" s="5">
+        <v>0.35069444444444398</v>
+      </c>
+      <c r="M88" s="5">
+        <v>0.35208333333333303</v>
+      </c>
+      <c r="N88" s="5">
+        <v>0.35347222222222202</v>
+      </c>
+      <c r="O88" s="5">
+        <v>0.35555555555555601</v>
+      </c>
+      <c r="P88" s="5">
+        <v>0.35763888888888901</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A89" s="5">
+        <v>0.32638888888888901</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="5">
+        <v>0.33055555555555555</v>
+      </c>
+      <c r="D89" s="5">
+        <v>0.33124999999999999</v>
+      </c>
+      <c r="E89" s="5">
+        <v>0.33680555555555602</v>
+      </c>
+      <c r="F89" s="5">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="G89" s="5">
+        <v>0.34166666666666701</v>
+      </c>
+      <c r="H89" s="5">
+        <v>0.344444444444444</v>
+      </c>
+      <c r="I89" s="5">
+        <v>0.34722222222222199</v>
+      </c>
+      <c r="J89" s="5">
+        <v>0.35</v>
+      </c>
+      <c r="K89" s="5">
+        <v>0.35347222222222224</v>
+      </c>
+      <c r="L89" s="5">
+        <v>0.35763888888888901</v>
+      </c>
+      <c r="M89" s="5">
+        <v>0.359027777777778</v>
+      </c>
+      <c r="N89" s="5">
+        <v>0.360416666666667</v>
+      </c>
+      <c r="O89" s="5">
+        <v>0.36249999999999999</v>
+      </c>
+      <c r="P89" s="5">
+        <v>0.36458333333333298</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A90" s="5">
+        <v>0.33333333333333298</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="5">
+        <v>0.33750000000000002</v>
+      </c>
+      <c r="D90" s="5">
+        <v>0.33819444444444446</v>
+      </c>
+      <c r="E90" s="5">
+        <v>0.34375</v>
+      </c>
+      <c r="F90" s="5">
+        <v>0.344444444444444</v>
+      </c>
+      <c r="G90" s="5">
+        <v>0.34861111111111098</v>
+      </c>
+      <c r="H90" s="5">
+        <v>0.35138888888888897</v>
+      </c>
+      <c r="I90" s="5">
+        <v>0.35416666666666702</v>
+      </c>
+      <c r="J90" s="5">
+        <v>0.35694444444444401</v>
+      </c>
+      <c r="K90" s="5">
+        <v>0.35972222222222222</v>
+      </c>
+      <c r="L90" s="5">
+        <v>0.36458333333333298</v>
+      </c>
+      <c r="M90" s="5">
+        <v>0.36597222222222198</v>
+      </c>
+      <c r="N90" s="5">
+        <v>0.36736111111111103</v>
+      </c>
+      <c r="O90" s="5">
+        <v>0.36944444444444402</v>
+      </c>
+      <c r="P90" s="5">
+        <v>0.37152777777777801</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A91" s="5">
+        <v>0.34027777777777801</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="5">
+        <v>0.34444444444444444</v>
+      </c>
+      <c r="D91" s="5">
+        <v>0.34513888888888888</v>
+      </c>
+      <c r="E91" s="5">
+        <v>0.35069444444444398</v>
+      </c>
+      <c r="F91" s="5">
+        <v>0.35138888888888897</v>
+      </c>
+      <c r="G91" s="5">
+        <v>0.35555555555555601</v>
+      </c>
+      <c r="H91" s="5">
+        <v>0.358333333333333</v>
+      </c>
+      <c r="I91" s="5">
+        <v>0.36111111111111099</v>
+      </c>
+      <c r="J91" s="5">
+        <v>0.36388888888888898</v>
+      </c>
+      <c r="K91" s="5">
+        <v>0.36736111111111114</v>
+      </c>
+      <c r="L91" s="5">
+        <v>0.37152777777777801</v>
+      </c>
+      <c r="M91" s="5">
+        <v>0.37291666666666701</v>
+      </c>
+      <c r="N91" s="5">
+        <v>0.374305555555556</v>
+      </c>
+      <c r="O91" s="5">
+        <v>0.37638888888888899</v>
+      </c>
+      <c r="P91" s="5">
+        <v>0.37847222222222199</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A92" s="5">
+        <v>0.34722222222222199</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="5">
+        <v>0.35138888888888886</v>
+      </c>
+      <c r="D92" s="5">
+        <v>0.35208333333333336</v>
+      </c>
+      <c r="E92" s="5">
+        <v>0.35763888888888901</v>
+      </c>
+      <c r="F92" s="5">
+        <v>0.358333333333333</v>
+      </c>
+      <c r="G92" s="5">
+        <v>0.36249999999999999</v>
+      </c>
+      <c r="H92" s="5">
+        <v>0.36527777777777798</v>
+      </c>
+      <c r="I92" s="5">
+        <v>0.36805555555555602</v>
+      </c>
+      <c r="J92" s="5">
+        <v>0.37083333333333302</v>
+      </c>
+      <c r="K92" s="5">
+        <v>0.37430555555555556</v>
+      </c>
+      <c r="L92" s="5">
+        <v>0.37847222222222199</v>
+      </c>
+      <c r="M92" s="5">
+        <v>0.37986111111111098</v>
+      </c>
+      <c r="N92" s="5">
+        <v>0.38124999999999998</v>
+      </c>
+      <c r="O92" s="5">
+        <v>0.38333333333333303</v>
+      </c>
+      <c r="P92" s="5">
+        <v>0.38541666666666702</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A93" s="5">
+        <v>0.35416666666666702</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="5">
+        <v>0.35833333333333334</v>
+      </c>
+      <c r="D93" s="5">
+        <v>0.35902777777777778</v>
+      </c>
+      <c r="E93" s="5">
+        <v>0.36458333333333398</v>
+      </c>
+      <c r="F93" s="5">
+        <v>0.36527777777777798</v>
+      </c>
+      <c r="G93" s="5">
+        <v>0.36944444444444402</v>
+      </c>
+      <c r="H93" s="5">
+        <v>0.37222222222222201</v>
+      </c>
+      <c r="I93" s="5">
+        <v>0.375</v>
+      </c>
+      <c r="J93" s="5">
+        <v>0.37777777777777799</v>
+      </c>
+      <c r="K93" s="5">
+        <v>0.38124999999999998</v>
+      </c>
+      <c r="L93" s="5">
+        <v>0.38541666666666602</v>
+      </c>
+      <c r="M93" s="5">
+        <v>0.38680555555555601</v>
+      </c>
+      <c r="N93" s="5">
+        <v>0.38819444444444401</v>
+      </c>
+      <c r="O93" s="5">
+        <v>0.390277777777778</v>
+      </c>
+      <c r="P93" s="5">
+        <v>0.39236111111111099</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A94" s="5">
+        <v>0.36111111111111099</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="5">
+        <v>0.36527777777777776</v>
+      </c>
+      <c r="D94" s="5">
+        <v>0.3659722222222222</v>
+      </c>
+      <c r="E94" s="5">
+        <v>0.37152777777777773</v>
+      </c>
+      <c r="F94" s="5">
+        <v>0.37222222222222223</v>
+      </c>
+      <c r="G94" s="5">
+        <v>0.37638888888888888</v>
+      </c>
+      <c r="H94" s="5">
+        <v>0.37916666666666665</v>
+      </c>
+      <c r="I94" s="5">
+        <v>0.38194444444444442</v>
+      </c>
+      <c r="J94" s="5">
+        <v>0.38472222222222219</v>
+      </c>
+      <c r="K94" s="5">
+        <v>0.38819444444444445</v>
+      </c>
+      <c r="L94" s="5">
+        <v>0.3923611111111111</v>
+      </c>
+      <c r="M94" s="5">
+        <v>0.39374999999999999</v>
+      </c>
+      <c r="N94" s="5">
+        <v>0.39513888888888898</v>
+      </c>
+      <c r="O94" s="5">
+        <v>0.39722222222222198</v>
+      </c>
+      <c r="P94" s="5">
+        <v>0.39930555555555602</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A95" s="5">
+        <v>0.36805555555555602</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="5">
+        <v>0.37222222222222223</v>
+      </c>
+      <c r="D95" s="5">
+        <v>0.41458333333333336</v>
+      </c>
+      <c r="E95" s="5">
+        <v>0.37847222222222199</v>
+      </c>
+      <c r="F95" s="5">
+        <v>0.37916666666666698</v>
+      </c>
+      <c r="G95" s="5">
+        <v>0.38333333333333303</v>
+      </c>
+      <c r="H95" s="5">
+        <v>0.38611111111111102</v>
+      </c>
+      <c r="I95" s="5">
+        <v>0.38888888888888901</v>
+      </c>
+      <c r="J95" s="5">
+        <v>0.39166666666666666</v>
+      </c>
+      <c r="K95" s="5">
+        <v>0.39513888888888887</v>
+      </c>
+      <c r="L95" s="5">
+        <v>0.39930555555555602</v>
+      </c>
+      <c r="M95" s="5">
+        <v>0.40069444444444402</v>
+      </c>
+      <c r="N95" s="5">
+        <v>0.40208333333333302</v>
+      </c>
+      <c r="O95" s="5">
+        <v>0.40416666666666701</v>
+      </c>
+      <c r="P95" s="5">
+        <v>0.40625</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" ht="142.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="K96" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="L96" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="M96" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N96" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="O96" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="P96" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A97" s="5">
+        <v>0.375</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="5">
+        <v>0.37916666666666665</v>
+      </c>
+      <c r="D97" s="5">
+        <v>0.37986111111111109</v>
+      </c>
+      <c r="E97" s="5">
+        <v>0.38541666666666702</v>
+      </c>
+      <c r="F97" s="5">
+        <v>0.38611111111111102</v>
+      </c>
+      <c r="G97" s="5">
+        <v>0.390277777777778</v>
+      </c>
+      <c r="H97" s="5">
+        <v>0.39305555555555599</v>
+      </c>
+      <c r="I97" s="5">
+        <v>0.39583333333333298</v>
+      </c>
+      <c r="J97" s="5">
+        <v>0.39861111111111103</v>
+      </c>
+      <c r="K97" s="5">
+        <v>0.40138888888888891</v>
+      </c>
+      <c r="L97" s="5">
+        <v>0.40625</v>
+      </c>
+      <c r="M97" s="5">
+        <v>0.40763888888888899</v>
+      </c>
+      <c r="N97" s="5">
+        <v>0.40902777777777799</v>
+      </c>
+      <c r="O97" s="5">
+        <v>0.41111111111111098</v>
+      </c>
+      <c r="P97" s="5">
+        <v>0.41319444444444398</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A98" s="5">
+        <v>0.38194444444444398</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="5">
+        <v>0.38611111111111113</v>
+      </c>
+      <c r="D98" s="5">
+        <v>0.38680555555555557</v>
+      </c>
+      <c r="E98" s="5">
+        <v>0.39236111111111099</v>
+      </c>
+      <c r="F98" s="5">
+        <v>0.39305555555555599</v>
+      </c>
+      <c r="G98" s="5">
+        <v>0.39722222222222198</v>
+      </c>
+      <c r="H98" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="I98" s="5">
+        <v>0.40277777777777801</v>
+      </c>
+      <c r="J98" s="5">
+        <v>0.405555555555556</v>
+      </c>
+      <c r="K98" s="5">
+        <v>0.40902777777777777</v>
+      </c>
+      <c r="L98" s="5">
+        <v>0.41319444444444398</v>
+      </c>
+      <c r="M98" s="5">
+        <v>0.41458333333333303</v>
+      </c>
+      <c r="N98" s="5">
+        <v>0.41597222222222202</v>
+      </c>
+      <c r="O98" s="5">
+        <v>0.41805555555555601</v>
+      </c>
+      <c r="P98" s="5">
+        <v>0.42013888888888901</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A99" s="5">
+        <v>0.38888888888888901</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="5">
+        <v>0.39305555555555555</v>
+      </c>
+      <c r="D99" s="5">
+        <v>0.39374999999999999</v>
+      </c>
+      <c r="E99" s="5">
+        <v>0.39930555555555602</v>
+      </c>
+      <c r="F99" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="G99" s="5">
+        <v>0.40416666666666701</v>
+      </c>
+      <c r="H99" s="5">
+        <v>0.406944444444444</v>
+      </c>
+      <c r="I99" s="5">
+        <v>0.40972222222222199</v>
+      </c>
+      <c r="J99" s="5">
+        <v>0.41249999999999998</v>
+      </c>
+      <c r="K99" s="5">
+        <v>0.41597222222222224</v>
+      </c>
+      <c r="L99" s="5">
+        <v>0.42013888888888901</v>
+      </c>
+      <c r="M99" s="5">
+        <v>0.421527777777778</v>
+      </c>
+      <c r="N99" s="5">
+        <v>0.422916666666667</v>
+      </c>
+      <c r="O99" s="5">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="P99" s="5">
+        <v>0.42708333333333298</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A100" s="5">
+        <v>0.39583333333333298</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="D100" s="5">
+        <v>0.40069444444444446</v>
+      </c>
+      <c r="E100" s="5">
+        <v>0.40625</v>
+      </c>
+      <c r="F100" s="5">
+        <v>0.406944444444444</v>
+      </c>
+      <c r="G100" s="5">
+        <v>0.41111111111111098</v>
+      </c>
+      <c r="H100" s="5">
+        <v>0.41388888888888897</v>
+      </c>
+      <c r="I100" s="5">
+        <v>0.41666666666666702</v>
+      </c>
+      <c r="J100" s="5">
+        <v>0.41944444444444401</v>
+      </c>
+      <c r="K100" s="5">
+        <v>0.42291666666666666</v>
+      </c>
+      <c r="L100" s="5">
+        <v>0.42708333333333298</v>
+      </c>
+      <c r="M100" s="5">
+        <v>0.42847222222222198</v>
+      </c>
+      <c r="N100" s="5">
+        <v>0.42986111111111103</v>
+      </c>
+      <c r="O100" s="5">
+        <v>0.43194444444444402</v>
+      </c>
+      <c r="P100" s="5">
+        <v>0.43402777777777801</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A101" s="5">
+        <v>0.40277777777777601</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="5">
+        <v>0.40694444444444444</v>
+      </c>
+      <c r="D101" s="5">
+        <v>0.40763888888888888</v>
+      </c>
+      <c r="E101" s="5">
+        <v>0.41319444444444442</v>
+      </c>
+      <c r="F101" s="5">
+        <v>0.41388888888888892</v>
+      </c>
+      <c r="G101" s="5">
+        <v>0.41805555555555557</v>
+      </c>
+      <c r="H101" s="5">
+        <v>0.42083333333333334</v>
+      </c>
+      <c r="I101" s="5">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="J101" s="5">
+        <v>0.42638888888888887</v>
+      </c>
+      <c r="K101" s="5">
+        <v>0.42986111111111114</v>
+      </c>
+      <c r="L101" s="5">
+        <v>0.43402777777777773</v>
+      </c>
+      <c r="M101" s="5">
+        <v>0.43541666666666701</v>
+      </c>
+      <c r="N101" s="5">
+        <v>0.436805555555556</v>
+      </c>
+      <c r="O101" s="5">
+        <v>0.43888888888888899</v>
+      </c>
+      <c r="P101" s="5">
+        <v>0.44097222222222199</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A102" s="5">
+        <v>0.40972222222221999</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="5">
+        <v>0.41388888888888886</v>
+      </c>
+      <c r="D102" s="5">
+        <v>0.41458333333333336</v>
+      </c>
+      <c r="E102" s="5">
+        <v>0.42013888888888901</v>
+      </c>
+      <c r="F102" s="5">
+        <v>0.420833333333333</v>
+      </c>
+      <c r="G102" s="5">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="H102" s="5">
+        <v>0.42777777777777798</v>
+      </c>
+      <c r="I102" s="5">
+        <v>0.43055555555555602</v>
+      </c>
+      <c r="J102" s="5">
+        <v>0.43333333333333335</v>
+      </c>
+      <c r="K102" s="5">
+        <v>0.43680555555555556</v>
+      </c>
+      <c r="L102" s="5">
+        <v>0.44097222222222199</v>
+      </c>
+      <c r="M102" s="5">
+        <v>0.44236111111111098</v>
+      </c>
+      <c r="N102" s="5">
+        <v>0.44374999999999998</v>
+      </c>
+      <c r="O102" s="5">
+        <v>0.44583333333333303</v>
+      </c>
+      <c r="P102" s="5">
+        <v>0.44791666666666702</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A103" s="5">
+        <v>0.41666666666666402</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="5">
+        <v>0.42083333333333334</v>
+      </c>
+      <c r="D103" s="5">
+        <v>0.42152777777777778</v>
+      </c>
+      <c r="E103" s="5">
+        <v>0.42708333333333298</v>
+      </c>
+      <c r="F103" s="5">
+        <v>0.42777777777777798</v>
+      </c>
+      <c r="G103" s="5">
+        <v>0.43194444444444402</v>
+      </c>
+      <c r="H103" s="5">
+        <v>0.43472222222222201</v>
+      </c>
+      <c r="I103" s="5">
+        <v>0.4375</v>
+      </c>
+      <c r="J103" s="5">
+        <v>0.44027777777777799</v>
+      </c>
+      <c r="K103" s="5">
+        <v>0.44305555555555554</v>
+      </c>
+      <c r="L103" s="5">
+        <v>0.44791666666666702</v>
+      </c>
+      <c r="M103" s="5">
+        <v>0.44930555555555601</v>
+      </c>
+      <c r="N103" s="5">
+        <v>0.45069444444444401</v>
+      </c>
+      <c r="O103" s="5">
+        <v>0.452777777777778</v>
+      </c>
+      <c r="P103" s="5">
+        <v>0.45486111111111099</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A104" s="5">
+        <v>0.423611111111108</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="5">
+        <v>0.42777777777777776</v>
+      </c>
+      <c r="D104" s="5">
+        <v>0.4284722222222222</v>
+      </c>
+      <c r="E104" s="5">
+        <v>0.43402777777777779</v>
+      </c>
+      <c r="F104" s="5">
+        <v>0.43472222222222223</v>
+      </c>
+      <c r="G104" s="5">
+        <v>0.43888888888888888</v>
+      </c>
+      <c r="H104" s="5">
+        <v>0.44166666666666665</v>
+      </c>
+      <c r="I104" s="5">
+        <v>0.44444444444444442</v>
+      </c>
+      <c r="J104" s="5">
+        <v>0.44722222222222224</v>
+      </c>
+      <c r="K104" s="5">
+        <v>0.45069444444444445</v>
+      </c>
+      <c r="L104" s="5">
+        <v>0.4548611111111111</v>
+      </c>
+      <c r="M104" s="5">
+        <v>0.45624999999999999</v>
+      </c>
+      <c r="N104" s="5">
+        <v>0.45763888888888887</v>
+      </c>
+      <c r="O104" s="5">
+        <v>0.4597222222222222</v>
+      </c>
+      <c r="P104" s="5">
+        <v>0.46180555555555558</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A105" s="5">
+        <v>0.43055555555555602</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="5">
+        <v>0.43472222222222223</v>
+      </c>
+      <c r="D105" s="5">
+        <v>0.43541666666666667</v>
+      </c>
+      <c r="E105" s="5">
+        <v>0.44097222222222199</v>
+      </c>
+      <c r="F105" s="5">
+        <v>0.44166666666666698</v>
+      </c>
+      <c r="G105" s="5">
+        <v>0.44583333333333303</v>
+      </c>
+      <c r="H105" s="5">
+        <v>0.44861111111111102</v>
+      </c>
+      <c r="I105" s="5">
+        <v>0.45138888888888901</v>
+      </c>
+      <c r="J105" s="5">
+        <v>0.454166666666667</v>
+      </c>
+      <c r="K105" s="5">
+        <v>0.45763888888888887</v>
+      </c>
+      <c r="L105" s="5">
+        <v>0.46180555555555602</v>
+      </c>
+      <c r="M105" s="5">
+        <v>0.46319444444444402</v>
+      </c>
+      <c r="N105" s="5">
+        <v>0.46458333333333302</v>
+      </c>
+      <c r="O105" s="5">
+        <v>0.46666666666666701</v>
+      </c>
+      <c r="P105" s="5">
+        <v>0.46875</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A106" s="5">
+        <v>0.4375</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="5">
+        <v>0.44166666666666665</v>
+      </c>
+      <c r="D106" s="5">
+        <v>0.44236111111111109</v>
+      </c>
+      <c r="E106" s="5">
+        <v>0.44791666666666602</v>
+      </c>
+      <c r="F106" s="5">
+        <v>0.44861111111111102</v>
+      </c>
+      <c r="G106" s="5">
+        <v>0.452777777777778</v>
+      </c>
+      <c r="H106" s="5">
+        <v>0.45555555555555599</v>
+      </c>
+      <c r="I106" s="5">
+        <v>0.45833333333333298</v>
+      </c>
+      <c r="J106" s="5">
+        <v>0.46111111111111103</v>
+      </c>
+      <c r="K106" s="5">
+        <v>0.46458333333333335</v>
+      </c>
+      <c r="L106" s="5">
+        <v>0.46875</v>
+      </c>
+      <c r="M106" s="5">
+        <v>0.47013888888888899</v>
+      </c>
+      <c r="N106" s="5">
+        <v>0.47152777777777799</v>
+      </c>
+      <c r="O106" s="5">
+        <v>0.47361111111111098</v>
+      </c>
+      <c r="P106" s="5">
+        <v>0.47569444444444398</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A107" s="5">
+        <v>0.44444444444444398</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="5">
+        <v>0.44861111111111113</v>
+      </c>
+      <c r="D107" s="5">
+        <v>0.44930555555555557</v>
+      </c>
+      <c r="E107" s="5">
+        <v>0.45486111111111099</v>
+      </c>
+      <c r="F107" s="5">
+        <v>0.45555555555555599</v>
+      </c>
+      <c r="G107" s="5">
+        <v>0.45972222222222198</v>
+      </c>
+      <c r="H107" s="5">
+        <v>0.46250000000000002</v>
+      </c>
+      <c r="I107" s="5">
+        <v>0.46527777777777801</v>
+      </c>
+      <c r="J107" s="5">
+        <v>0.468055555555556</v>
+      </c>
+      <c r="K107" s="5">
+        <v>0.47152777777777777</v>
+      </c>
+      <c r="L107" s="5">
+        <v>0.47569444444444398</v>
+      </c>
+      <c r="M107" s="5">
+        <v>0.47708333333333303</v>
+      </c>
+      <c r="N107" s="5">
+        <v>0.47847222222222202</v>
+      </c>
+      <c r="O107" s="5">
+        <v>0.48055555555555601</v>
+      </c>
+      <c r="P107" s="5">
+        <v>0.48263888888888901</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="5">
+        <v>0.45833333333333298</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="5">
+        <v>0.46250000000000002</v>
+      </c>
+      <c r="D108" s="5">
+        <v>0.46319444444444446</v>
+      </c>
+      <c r="E108" s="5">
+        <v>0.46875</v>
+      </c>
+      <c r="F108" s="5">
+        <v>0.469444444444444</v>
+      </c>
+      <c r="G108" s="5">
+        <v>0.47361111111111098</v>
+      </c>
+      <c r="H108" s="5">
+        <v>0.47638888888888897</v>
+      </c>
+      <c r="I108" s="5">
+        <v>0.47916666666666702</v>
+      </c>
+      <c r="J108" s="5">
+        <v>0.48194444444444401</v>
+      </c>
+      <c r="K108" s="5">
+        <v>0.48472222222222222</v>
+      </c>
+      <c r="L108" s="5">
+        <v>0.48958333333333298</v>
+      </c>
+      <c r="M108" s="5">
+        <v>0.49097222222222198</v>
+      </c>
+      <c r="N108" s="5">
+        <v>0.49236111111111103</v>
+      </c>
+      <c r="O108" s="5">
+        <v>0.49444444444444402</v>
+      </c>
+      <c r="P108" s="5">
+        <v>0.49652777777777801</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A109" s="5">
+        <v>0.46527777777777501</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="5">
+        <v>0.469444444444444</v>
+      </c>
+      <c r="D109" s="5">
+        <v>0.47013888888888899</v>
+      </c>
+      <c r="E109" s="5">
+        <v>0.47569444444444398</v>
+      </c>
+      <c r="F109" s="5">
+        <v>0.47638888888888897</v>
+      </c>
+      <c r="G109" s="5">
+        <v>0.48055555555555601</v>
+      </c>
+      <c r="H109" s="5">
+        <v>0.483333333333333</v>
+      </c>
+      <c r="I109" s="5">
+        <v>0.48611111111111099</v>
+      </c>
+      <c r="J109" s="5">
+        <v>0.48888888888888898</v>
+      </c>
+      <c r="K109" s="5">
+        <v>0.49236111111111103</v>
+      </c>
+      <c r="L109" s="5">
+        <v>0.49652777777777801</v>
+      </c>
+      <c r="M109" s="5">
+        <v>0.49791666666666701</v>
+      </c>
+      <c r="N109" s="5">
+        <v>0.499305555555556</v>
+      </c>
+      <c r="O109" s="5">
+        <v>0.50138888888888899</v>
+      </c>
+      <c r="P109" s="5">
+        <v>0.50347222222222199</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A110" s="5">
+        <v>0.47222222222222199</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="5">
+        <v>0.47638888888888886</v>
+      </c>
+      <c r="D110" s="5">
+        <v>0.47708333333333336</v>
+      </c>
+      <c r="E110" s="5">
+        <v>0.48263888888888901</v>
+      </c>
+      <c r="F110" s="5">
+        <v>0.483333333333333</v>
+      </c>
+      <c r="G110" s="5">
+        <v>0.48749999999999999</v>
+      </c>
+      <c r="H110" s="5">
+        <v>0.49027777777777798</v>
+      </c>
+      <c r="I110" s="5">
+        <v>0.49305555555555602</v>
+      </c>
+      <c r="J110" s="5">
+        <v>0.49583333333333302</v>
+      </c>
+      <c r="K110" s="5">
+        <v>0.49930555555555556</v>
+      </c>
+      <c r="L110" s="5">
+        <v>0.50347222222222199</v>
+      </c>
+      <c r="M110" s="5">
+        <v>0.50486111111111098</v>
+      </c>
+      <c r="N110" s="5">
+        <v>0.50624999999999998</v>
+      </c>
+      <c r="O110" s="5">
+        <v>0.50833333333333297</v>
+      </c>
+      <c r="P110" s="5">
+        <v>0.51041666666666696</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A111" s="5">
+        <v>0.47916666666666702</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="5">
+        <v>0.48333333333333334</v>
+      </c>
+      <c r="D111" s="5">
+        <v>0.48402777777777778</v>
+      </c>
+      <c r="E111" s="5">
+        <v>0.48958333333333198</v>
+      </c>
+      <c r="F111" s="5">
+        <v>0.49027777777777798</v>
+      </c>
+      <c r="G111" s="5">
+        <v>0.49444444444444402</v>
+      </c>
+      <c r="H111" s="5">
+        <v>0.49722222222222201</v>
+      </c>
+      <c r="I111" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="J111" s="5">
+        <v>0.50277777777777799</v>
+      </c>
+      <c r="K111" s="5">
+        <v>0.50624999999999998</v>
+      </c>
+      <c r="L111" s="5">
+        <v>0.51041666666666596</v>
+      </c>
+      <c r="M111" s="5">
+        <v>0.51180555555555596</v>
+      </c>
+      <c r="N111" s="5">
+        <v>0.51319444444444395</v>
+      </c>
+      <c r="O111" s="5">
+        <v>0.51527777777777795</v>
+      </c>
+      <c r="P111" s="5">
+        <v>0.51736111111111105</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A112" s="5">
+        <v>0.48611111111111099</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="5">
+        <v>0.49027777777777776</v>
+      </c>
+      <c r="D112" s="5">
+        <v>0.4909722222222222</v>
+      </c>
+      <c r="E112" s="5">
+        <v>0.49652777777777801</v>
+      </c>
+      <c r="F112" s="5">
+        <v>0.49722222222222201</v>
+      </c>
+      <c r="G112" s="5">
+        <v>0.50138888888888899</v>
+      </c>
+      <c r="H112" s="5">
+        <v>0.50416666666666698</v>
+      </c>
+      <c r="I112" s="5">
+        <v>0.50694444444444398</v>
+      </c>
+      <c r="J112" s="5">
+        <v>0.50972222222222197</v>
+      </c>
+      <c r="K112" s="5">
+        <v>0.5131944444444444</v>
+      </c>
+      <c r="L112" s="5">
+        <v>0.51736111111111105</v>
+      </c>
+      <c r="M112" s="5">
+        <v>0.51875000000000004</v>
+      </c>
+      <c r="N112" s="5">
+        <v>0.52013888888888904</v>
+      </c>
+      <c r="O112" s="5">
+        <v>0.52222222222222203</v>
+      </c>
+      <c r="P112" s="5">
+        <v>0.52430555555555602</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A113" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="5">
+        <v>0.50416666666666665</v>
+      </c>
+      <c r="D113" s="5">
+        <v>0.50486111111111109</v>
+      </c>
+      <c r="E113" s="5">
+        <v>0.51041666666666696</v>
+      </c>
+      <c r="F113" s="5">
+        <v>0.51111111111111096</v>
+      </c>
+      <c r="G113" s="5">
+        <v>0.51527777777777795</v>
+      </c>
+      <c r="H113" s="5">
+        <v>0.51805555555555505</v>
+      </c>
+      <c r="I113" s="5">
+        <v>0.52083333333333304</v>
+      </c>
+      <c r="J113" s="5">
+        <v>0.52361111111111103</v>
+      </c>
+      <c r="K113" s="5">
+        <v>0.52638888888888891</v>
+      </c>
+      <c r="L113" s="5">
+        <v>0.53125</v>
+      </c>
+      <c r="M113" s="5">
+        <v>0.53263888888888899</v>
+      </c>
+      <c r="N113" s="5">
+        <v>0.53402777777777799</v>
+      </c>
+      <c r="O113" s="5">
+        <v>0.53611111111111098</v>
+      </c>
+      <c r="P113" s="5">
+        <v>0.53819444444444398</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A114" s="5">
+        <v>0.50694444444444098</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="5">
+        <v>0.51111111111111096</v>
+      </c>
+      <c r="D114" s="5">
+        <v>0.51180555555555596</v>
+      </c>
+      <c r="E114" s="5">
+        <v>0.51736111111111105</v>
+      </c>
+      <c r="F114" s="5">
+        <v>0.51805555555555605</v>
+      </c>
+      <c r="G114" s="5">
+        <v>0.52222222222222203</v>
+      </c>
+      <c r="H114" s="5">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="I114" s="5">
+        <v>0.52777777777777801</v>
+      </c>
+      <c r="J114" s="5">
+        <v>0.530555555555556</v>
+      </c>
+      <c r="K114" s="5">
+        <v>0.53402777777777799</v>
+      </c>
+      <c r="L114" s="5">
+        <v>0.53819444444444398</v>
+      </c>
+      <c r="M114" s="5">
+        <v>0.53958333333333297</v>
+      </c>
+      <c r="N114" s="5">
+        <v>0.54097222222222197</v>
+      </c>
+      <c r="O114" s="5">
+        <v>4.3055555555555555E-2</v>
+      </c>
+      <c r="P114" s="5">
+        <v>4.5138888888888888E-2</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A115" s="5">
+        <v>0.51388888888888895</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="5">
+        <v>0.5180555555555556</v>
+      </c>
+      <c r="D115" s="5">
+        <v>0.51875000000000004</v>
+      </c>
+      <c r="E115" s="5">
+        <v>0.52430555555555602</v>
+      </c>
+      <c r="F115" s="5">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G115" s="5">
+        <v>0.52916666666666701</v>
+      </c>
+      <c r="H115" s="5">
+        <v>0.531944444444444</v>
+      </c>
+      <c r="I115" s="5">
+        <v>0.53472222222222199</v>
+      </c>
+      <c r="J115" s="5">
+        <v>0.53749999999999998</v>
+      </c>
+      <c r="K115" s="5">
+        <v>0.54097222222222219</v>
+      </c>
+      <c r="L115" s="5">
+        <v>4.5138888888888888E-2</v>
+      </c>
+      <c r="M115" s="5">
+        <v>4.6527777777777779E-2</v>
+      </c>
+      <c r="N115" s="5">
+        <v>4.7916666666666663E-2</v>
+      </c>
+      <c r="O115" s="5">
+        <v>4.9999999999999996E-2</v>
+      </c>
+      <c r="P115" s="5">
+        <v>5.2083333333333336E-2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A116" s="5">
+        <v>0.52083333333333304</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="5">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="D116" s="5">
+        <v>0.52569444444444446</v>
+      </c>
+      <c r="E116" s="5">
+        <v>0.531249999999998</v>
+      </c>
+      <c r="F116" s="5">
+        <v>0.531944444444444</v>
+      </c>
+      <c r="G116" s="5">
+        <v>0.53611111111111098</v>
+      </c>
+      <c r="H116" s="5">
+        <v>0.53888888888888897</v>
+      </c>
+      <c r="I116" s="5">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="J116" s="5">
+        <v>4.4444444444444446E-2</v>
+      </c>
+      <c r="K116" s="5">
+        <v>4.791666666666667E-2</v>
+      </c>
+      <c r="L116" s="5">
+        <v>5.2083333333333336E-2</v>
+      </c>
+      <c r="M116" s="5">
+        <v>5.347222222222222E-2</v>
+      </c>
+      <c r="N116" s="5">
+        <v>5.486111111111111E-2</v>
+      </c>
+      <c r="O116" s="5">
+        <v>5.6944444444444443E-2</v>
+      </c>
+      <c r="P116" s="5">
+        <v>5.9027777777777783E-2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A117" s="5">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="5">
+        <v>4.583333333333333E-2</v>
+      </c>
+      <c r="D117" s="5">
+        <v>4.6527777777777779E-2</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1.0520833333333299</v>
+      </c>
+      <c r="F117" s="5">
+        <v>1.05277777777778</v>
+      </c>
+      <c r="G117" s="5">
+        <v>1.05694444444444</v>
+      </c>
+      <c r="H117" s="5">
+        <v>1.05972222222222</v>
+      </c>
+      <c r="I117" s="5">
+        <v>1.0625</v>
+      </c>
+      <c r="J117" s="5">
+        <v>1.06527777777778</v>
+      </c>
+      <c r="K117" s="5">
+        <v>6.805555555555555E-2</v>
+      </c>
+      <c r="L117" s="5">
+        <v>1.0729166666666701</v>
+      </c>
+      <c r="M117" s="5">
+        <v>7.4305555555555555E-2</v>
+      </c>
+      <c r="N117" s="5">
+        <v>7.5694444444444439E-2</v>
+      </c>
+      <c r="O117" s="5">
+        <v>7.7777777777777779E-2</v>
+      </c>
+      <c r="P117" s="5">
+        <v>1.0798611111111101</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A118" s="5">
+        <v>4.8611111111111112E-2</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="5">
+        <v>5.2777777777777778E-2</v>
+      </c>
+      <c r="D118" s="5">
+        <v>5.347222222222222E-2</v>
+      </c>
+      <c r="E118" s="5">
+        <v>5.9027777777777776E-2</v>
+      </c>
+      <c r="F118" s="5">
+        <v>5.9722222222222225E-2</v>
+      </c>
+      <c r="G118" s="5">
+        <v>6.3888888888888884E-2</v>
+      </c>
+      <c r="H118" s="5">
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="I118" s="5">
+        <v>6.9444444444444448E-2</v>
+      </c>
+      <c r="J118" s="5">
+        <v>7.2222222222222215E-2</v>
+      </c>
+      <c r="K118" s="5">
+        <v>7.5694444444444439E-2</v>
+      </c>
+      <c r="L118" s="5">
+        <v>7.9861111111111105E-2</v>
+      </c>
+      <c r="M118" s="5">
+        <v>8.1250000000000003E-2</v>
+      </c>
+      <c r="N118" s="5">
+        <v>8.2638888888888887E-2</v>
+      </c>
+      <c r="O118" s="5">
+        <v>8.4722222222222227E-2</v>
+      </c>
+      <c r="P118" s="5">
+        <v>8.6805555555555552E-2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A119" s="5">
+        <v>6.25E-2</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="5">
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="D119" s="5">
+        <v>6.7361111111111108E-2</v>
+      </c>
+      <c r="E119" s="5">
         <v>7.2916666666666671E-2</v>
       </c>
-      <c r="C51" s="2">
+      <c r="F119" s="5">
         <v>7.3611111111111113E-2</v>
       </c>
-      <c r="D51" s="2">
-[...5 lines deleted...]
-      <c r="F51" s="2">
+      <c r="G119" s="5">
+        <v>7.7777777777777779E-2</v>
+      </c>
+      <c r="H119" s="5">
         <v>8.0555555555555561E-2</v>
       </c>
-      <c r="G51" s="2">
-[...2 lines deleted...]
-      <c r="H51" s="2">
+      <c r="I119" s="5">
+        <v>8.3333333333333301E-2</v>
+      </c>
+      <c r="J119" s="5">
+        <v>8.6111111111111097E-2</v>
+      </c>
+      <c r="K119" s="5">
+        <v>8.9583333333333334E-2</v>
+      </c>
+      <c r="L119" s="5">
+        <v>9.375E-2</v>
+      </c>
+      <c r="M119" s="5">
+        <v>9.5138888888888898E-2</v>
+      </c>
+      <c r="N119" s="5">
+        <v>9.6527777777777796E-2</v>
+      </c>
+      <c r="O119" s="5">
+        <v>9.8611111111111094E-2</v>
+      </c>
+      <c r="P119" s="5">
+        <v>0.100694444444444</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A120" s="5">
+        <v>8.3333333333333301E-2</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="5">
         <v>8.7499999999999994E-2</v>
       </c>
-      <c r="I51" s="2">
-[...134 lines deleted...]
-      <c r="D54" s="2">
+      <c r="D120" s="5">
         <v>8.819444444444445E-2</v>
       </c>
-      <c r="E54" s="2">
-[...17 lines deleted...]
-      <c r="K54" s="2">
+      <c r="E120" s="5">
+        <v>1.09375</v>
+      </c>
+      <c r="F120" s="5">
+        <v>1.0944444444444501</v>
+      </c>
+      <c r="G120" s="5">
+        <v>1.0986111111111101</v>
+      </c>
+      <c r="H120" s="5">
+        <v>1.1013888888888901</v>
+      </c>
+      <c r="I120" s="5">
+        <v>1.1041666666666701</v>
+      </c>
+      <c r="J120" s="5">
+        <v>1.1069444444444501</v>
+      </c>
+      <c r="K120" s="5">
         <v>0.10972222222222222</v>
       </c>
-      <c r="L54" s="2">
-[...2 lines deleted...]
-      <c r="M54" s="2">
+      <c r="L120" s="5">
+        <v>1.1145833333333399</v>
+      </c>
+      <c r="M120" s="5">
         <v>0.115972222222222</v>
       </c>
-      <c r="N54" s="2">
+      <c r="N120" s="5">
         <v>0.117361111111111</v>
       </c>
-      <c r="O54" s="2">
+      <c r="O120" s="5">
         <v>0.11944444444444401</v>
       </c>
-      <c r="P54" s="2">
-[...3300 lines deleted...]
-        <v>1.0798611111111101</v>
+      <c r="P120" s="5">
+        <v>1.1215277777777799</v>
       </c>
     </row>
     <row r="121" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A121" s="2">
-[...164 lines deleted...]
-      <c r="P124" s="6"/>
+      <c r="A121" s="3"/>
+      <c r="B121" s="3"/>
+      <c r="C121" s="3"/>
+      <c r="D121" s="3"/>
+      <c r="E121" s="3"/>
+      <c r="F121" s="3"/>
+      <c r="G121" s="3"/>
+      <c r="H121" s="3"/>
+      <c r="I121" s="3"/>
+      <c r="J121" s="3"/>
+      <c r="K121" s="3"/>
+      <c r="L121" s="3"/>
+      <c r="M121" s="3"/>
+      <c r="N121" s="3"/>
+      <c r="O121" s="3"/>
+      <c r="P121" s="3"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="47" fitToHeight="0" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;18&amp;G
 STAMPEDE WEEKDAY SCHEDULE
  OPERATES WEEKDAYS 6am - 3am</oddHeader>
     <oddFooter>&amp;C&amp;8Questions? Comments? Concerns?
 Phone: 716-645-3943
 E-mail: transportation@buffalo.edu
 Web: buffalo.edu/parking</oddFooter>
   </headerFooter>
-  <rowBreaks count="1" manualBreakCount="1">
-    <brk id="98" max="15" man="1"/>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="48" max="15" man="1"/>
+    <brk id="95" max="15" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>